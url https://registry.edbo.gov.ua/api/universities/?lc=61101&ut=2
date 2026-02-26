--- v0 (2025-12-20)
+++ v1 (2026-02-26)
@@ -998,56 +998,56 @@
           <t>м. Тернопіль</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Родини Барвінських, 10</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>+38(035)-225-37-45</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>nmc.ternopil@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>https://nmc.dsns.gov.ua/tr</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>начальник Центру</t>
+          <t>Виконувач обов’язків начальника Центру</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Григорович Юрій Петрович</t>
+          <t>Андрунько Володимир Євгенович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Романець Естетик Група"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>3233</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
         <v>2000</v>
       </c>