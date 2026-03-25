--- v0 (2025-10-16)
+++ v1 (2026-03-25)
@@ -578,56 +578,56 @@
           <t>м. Тернопіль</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>майдан Волі, 1</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0352) 525010; (0352)524492</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>university@tdmu.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.tdmu.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Корда Михайло Михайлович</t>
+          <t>Лихацький Петро Григорович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Тернопільський національний педагогічний університет імені Володимира Гнатюка</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>96</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ТНПУ</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>Ternopil Volodymyr Hnatiuk National Pedagogical University</t>
         </is>
       </c>