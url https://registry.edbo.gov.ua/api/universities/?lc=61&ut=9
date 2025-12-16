--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1761,51 +1761,51 @@
           <t>вул. Грушевського, 15</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
           <t>03541 21513, 22597</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
           <t>agrotehkol@gmail.com</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
           <t>www.batk.edu.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Буратинський Віталій Володимирович</t>
+          <t>Ониськів Інна Богданівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Гусятинський фаховий коледж Тернопільського національного технічного університету імені Івана Пулюя"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>441</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>166</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t>ВСП "ГФК ТНТУ"</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>Separate Structural Subdivision "Husiatyn Professional College of Ternopil Ivan Puluj National Technical University"</t>
@@ -2038,56 +2038,56 @@
           <t>м. Зборів</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Б. Хмельницького, 57</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>(03540) 2-11-30</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>zborivcollege@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
           <t>zboriv-college.info</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Швак Ольга Іванівна</t>
+          <t>Баліцький Ігор Богданович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>ПРИВАТНИЙ ФАХОВИЙ НАВЧАЛЬНИЙ ЗАКЛАД "ГАЛИЦЬКИЙ МЕДИЧНИЙ КОЛЕДЖ ІМЕНІ ЄВГЕНА ГЛИВИ"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>1338</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>ПФНЗ "ГАЛИЦЬКИЙ МЕДИЧНИЙ КОЛЕДЖ ІМЕНІ ЄВГЕНА ГЛИВИ"</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>PRIVATE VOCATIONAL EDUCATIONAL INSTITUTION "EUGENE GLYVA HALYTSKYY MEDICAL COLLEGE"</t>
         </is>
       </c>