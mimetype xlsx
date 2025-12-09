--- v0 (2025-10-20)
+++ v1 (2025-12-09)
@@ -932,102 +932,114 @@
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Зелінський Володимир Миколайович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Тернопільської області</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>4416</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр ЦЗ та БЖД</t>
         </is>
       </c>
-      <c r="E9" s="5"/>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t>Educational methodical center of civil protection and safety of vital activity in Ternopil region</t>
+        </is>
+      </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>2006</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Державна служба України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>46001</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA61040490010069060</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Тернопільська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Тернопіль</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Родини Барвінських, 10</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>253745; 236153;</t>
-[...3 lines deleted...]
-      <c r="R9" s="5"/>
+          <t>+38(035)-225-37-45</t>
+        </is>
+      </c>
+      <c r="Q9" s="5" t="inlineStr">
+        <is>
+          <t>nmc.ternopil@dsns.gov.ua</t>
+        </is>
+      </c>
+      <c r="R9" s="5" t="inlineStr">
+        <is>
+          <t>https://nmc.dsns.gov.ua/tr</t>
+        </is>
+      </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>начальник Центру</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Григорович Юрій Петрович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Романець Естетик Група"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>3233</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
@@ -1926,52 +1938,58 @@
         <is>
           <t>вул. Подільська, 6</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>(096)732-17-05</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>stkchortkiv@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Середа Зеновій Мирославович</t>
         </is>
       </c>
-      <c r="U20" s="8"/>
-      <c r="V20" s="5"/>
+      <c r="U20" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V20" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Кам`янківський міжшкільний навчально-виробничий комбінат" Підволочиської селищної ради Тернопільської області</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>4220</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>КЗ КМНВК ПСР ТО</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -1989,69 +2007,75 @@
       <c r="K21" s="7" t="inlineStr">
         <is>
           <t>47840</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA61040350070066893</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Тернопільська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>с. Кам’янки</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
           <t>вул. Тернопільська, 24</t>
         </is>
       </c>
-      <c r="P21" s="5"/>
-[...4 lines deleted...]
-      </c>
+      <c r="P21" s="5" t="inlineStr">
+        <is>
+          <t>+380354327140;</t>
+        </is>
+      </c>
+      <c r="Q21" s="5"/>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Козак Ігор Орестович</t>
         </is>
       </c>
-      <c r="U21" s="8"/>
-      <c r="V21" s="5"/>
+      <c r="U21" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V21" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Борщівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>2985</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Борщівський ПЛ"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
         <v>2014</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2758,56 +2782,56 @@
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>с. Доброводи</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>-,</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>(035)504-94-92; (097)772-18-40</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>nc_zvk@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Купчик Марія Романівна</t>
+          <t>Чорна Галина Ярославівна</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Чортківське вище професійне училище"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>2136</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Чортківське ВПУ"</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>Derjavnyi navchalnyi zaklad "Chortkivske vyshche profesiyne uchylyshche"</t>
         </is>
       </c>
@@ -3658,84 +3682,88 @@
           <t>ДНЗ "Підволочиський професійний ліцей"</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J41" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Тернопільської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>47800</t>
+          <t>47801</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA61040350010048866</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Тернопільська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>с-ще Підволочиськ</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
           <t>вул. Д. Галицького, 106</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>0354321284</t>
+          <t>+38(097)-169-36-02</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
           <t>ppbl@ukr.net</t>
         </is>
       </c>
-      <c r="R41" s="5"/>
+      <c r="R41" s="5" t="inlineStr">
+        <is>
+          <t>https://pplicej.wixsite.com/licej</t>
+        </is>
+      </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
           <t>Нагірна Надія Ігорівна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>ПІДВОЛОЧИСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
         <v>7073</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
@@ -4364,52 +4392,58 @@
         <is>
           <t>вул. Енергетична, 10</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
           <t>(03558)2-14-70</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
           <t>shumsktstk@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
           <t>Борщевський Валерій Михайлович</t>
         </is>
       </c>
-      <c r="U49" s="8"/>
-      <c r="V49" s="5"/>
+      <c r="U49" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V49" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:V49"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>