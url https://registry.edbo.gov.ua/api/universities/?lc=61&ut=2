--- v1 (2025-12-09)
+++ v2 (2026-02-13)
@@ -1938,58 +1938,52 @@
         <is>
           <t>вул. Подільська, 6</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>(096)732-17-05</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>stkchortkiv@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Середа Зеновій Мирославович</t>
         </is>
       </c>
-      <c r="U20" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U20" s="8"/>
+      <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Кам`янківський міжшкільний навчально-виробничий комбінат" Підволочиської селищної ради Тернопільської області</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>4220</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>КЗ КМНВК ПСР ТО</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -2024,58 +2018,52 @@
           <t>с. Кам’янки</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
           <t>вул. Тернопільська, 24</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
           <t>+380354327140;</t>
         </is>
       </c>
       <c r="Q21" s="5"/>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Козак Ігор Орестович</t>
         </is>
       </c>
-      <c r="U21" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U21" s="8"/>
+      <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Борщівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>2985</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Борщівський ПЛ"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
         <v>2014</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>