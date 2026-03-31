--- v0 (2025-10-27)
+++ v1 (2026-03-31)
@@ -578,56 +578,56 @@
           <t>м. Тернопіль</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>майдан Волі, 1</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0352) 525010; (0352)524492</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>university@tdmu.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.tdmu.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Корда Михайло Михайлович</t>
+          <t>Лихацький Петро Григорович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Тернопільський національний педагогічний університет імені Володимира Гнатюка</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>96</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ТНПУ</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>Ternopil Volodymyr Hnatiuk National Pedagogical University</t>
         </is>
       </c>
@@ -805,51 +805,51 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ Національного університету біоресурсів і природокористування України "Бережанський агротехнічний інститут"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>258</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>ВП НУБіП України "БАТІ"</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t>Separated Subdivision of National University of Life and Environmental Sciences of Ukraine "Berezhany Agrotechnical Institute"</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
           <t>47501</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA61040030010016917</t>
         </is>
@@ -956,51 +956,51 @@
           <t>м. Кременець</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Ліцейна, 1</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>03546 2 19 91, 2 44 92</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>kogpa_docs@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>kogpa.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Ломакович Афанасій Миколайович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Чортківський навчально-науковий інститут підприємництва і бізнесу Західноукраїнського національного університету</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>2782</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>171</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ЧННІПБ ЗУНУ</t>