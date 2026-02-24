--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -306,129 +306,119 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Кролевецьке вище професійне училище"</t>
+          <t>Комунальний заклад Сумської обласної ради "Кролевецьке вище професійне училище"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>1857</v>
+        <v>7445</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Кролевецьке ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>КЗ СОР "КРОЛЕВЕЦЬКЕ ВПУ"</t>
+        </is>
+      </c>
+      <c r="E2" s="5"/>
       <c r="F2" s="7"/>
-      <c r="G2" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G2" s="6"/>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
-      <c r="I2" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I2" s="5"/>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>41300</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA59020090010081204</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Кролевець</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. 8 Березня, 36</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0545351449</t>
+          <t>+38(054)-535-14-49</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>krolvpu23@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://dptnzkrolev.jimdo.com</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Єфіменко Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Кролевецький спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>3277</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>СТК ТСОУ</t>
         </is>
       </c>