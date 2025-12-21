--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -365,63 +365,59 @@
           <t>41100</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Шостка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Гагаріна, 21</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0544972716</t>
+          <t>72716; 40326;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>shzentrpto@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Лазарєва Тетяна Федорівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Казенне підприємство Шосткинський казенний завод "Зірка"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>3780</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>