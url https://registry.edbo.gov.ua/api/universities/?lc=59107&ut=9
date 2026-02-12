--- v0 (2025-11-03)
+++ v1 (2026-02-12)
@@ -386,51 +386,51 @@
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Горького, 250</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(05448) 7-20-33</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>info@rckneu.com.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://rckneu.com.ua./.</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Рудь Ніна Андріївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Роменський фаховий коледж Сумського національного аграрного університету"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>891</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>151</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВСП «Роменський фаховий коледж СНАУ»</t>