--- v0 (2026-01-28)
+++ v1 (2026-03-20)
@@ -306,126 +306,122 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Роменське вище професійне училище"</t>
+          <t>Комунальний заклад Сумської обласної ради "Роменське вище професійне училище"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>2083</v>
+        <v>7447</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Роменське ВПУ»</t>
+          <t>КЗ СОР "Роменське ВПУ"</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>STATE VOCATIONAL AND TECHNICAL EDUCATIONAL ESTABLISHMENT "ROMNY HIGH PROFESSIONAL SCHOOL"</t>
+          <t>Municipal Institution of Sumy Regional Council "Romny higher vocational school"</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1966</v>
+        <v>2026</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>42000</t>
+          <t>42001</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Коржівська, 44</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(05448)2-10-28,22376,</t>
+          <t>+38(054)-485-12-71;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vpu14@ukr.net</t>
         </is>
       </c>
-      <c r="R2" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Помаран Павло Іванович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Мобільний рятувальний центр швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>3084</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
@@ -472,51 +468,51 @@
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Рятувальників, 64</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(05448)7-10-50</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>sarz.romny@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>http://mcshr.dsns.gov.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуючий обов'язки за посадою начальника Мобільного рятувального центру швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
+          <t>Начальник Мобільного рятувального центру швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Супонєв Євген Олександрович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Роменський міжшкільний ресурсний центр Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>3466</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Роменський МРЦ РМР</t>
         </is>
       </c>