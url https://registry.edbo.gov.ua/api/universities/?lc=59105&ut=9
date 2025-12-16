--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -461,51 +461,51 @@
           <t>42200</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Лебедин</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Тараса Шевченка, 73</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(05445) 3-86-42, (05445) 2-16-84</t>
+          <t>+38(054)-452-16-84</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>lebped73@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>lebped.com.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Білокобильська Любов Борисівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>