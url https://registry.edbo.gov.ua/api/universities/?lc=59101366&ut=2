--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -541,63 +541,59 @@
           <t>40031</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>просп. Курський, 139</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+38(066)560-31-56</t>
+          <t>+38(066)-560-31-56;</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>splsp@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>SPLSP@I.UA</t>
+        </is>
+      </c>
+      <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Цьома Наталія Сергіївна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Дочірнє підприємство "Сумський навчальний центр" державного акціонерного товариства "Будівельна компанія "Укрбуд"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>3030</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>