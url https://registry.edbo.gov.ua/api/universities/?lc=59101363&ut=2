--- v0 (2025-12-02)
+++ v1 (2026-02-15)
@@ -561,51 +561,51 @@
           <t>вул. Шишкарівська, 9</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(066)216-21-70</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>kopnvc@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Кідіменко Петро Петрович</t>
         </is>
       </c>
       <c r="U4" s="8" t="n">
-        <v>45982</v>
+        <v>46058</v>
       </c>
       <c r="V4" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Освітній заклад Сумська автомобільна школа ТСО України (колективне підприємство)</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>4057</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Сумська АШ ТСОУ</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">