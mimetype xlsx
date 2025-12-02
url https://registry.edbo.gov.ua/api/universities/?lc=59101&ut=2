--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -1338,52 +1338,58 @@
         <is>
           <t>вул. Шишкарівська, 9</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
           <t>(066)216-21-70</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>kopnvc@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Кідіменко Петро Петрович</t>
         </is>
       </c>
-      <c r="U13" s="8"/>
-      <c r="V13" s="5"/>
+      <c r="U13" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V13" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>3724</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>КП СМР "Електроавтотранс"</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>