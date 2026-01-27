--- v1 (2025-12-02)
+++ v2 (2026-01-27)
@@ -828,734 +828,710 @@
         <is>
           <t>sumycpto@gmail.com</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>sumycpto.dcz.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Шаповалова Вікторія Анатоліївна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Сумський центр професійно-технічної освіти харчових технологій, торгівлі та ресторанного сервісу"</t>
+          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>2081</v>
+        <v>1882</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Сумський центр ПТО харчових технологій, торгівлі та ресторанного сервісу"</t>
+          <t>ДПТНЗ «Сумський центр ПТО»</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1966</v>
+        <v>1944</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>40002</t>
+          <t>40004</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010036634</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Роменська, 96</t>
+          <t>вул. Олександра Шапаренка, 7</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0542)22-80-13</t>
+          <t>(0542) 70-04-77</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>splxtt@ukr.net</t>
+          <t>scptosumy@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>http://sumy.centr.today</t>
+          <t>scpto.sumy.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Стовбир Ірина Володимирівна</t>
+          <t>Мельник Віталій Анатолійович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти"</t>
+          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти з дизайну та сфери послуг"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1882</v>
+        <v>2124</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Сумський центр ПТО»</t>
+          <t>ДПТНЗ "Сумський ЦПТО ДСП"</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1944</v>
+        <v>1970</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>40004</t>
+          <t>40031</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Олександра Шапаренка, 7</t>
+          <t>просп. Курський, 139</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0542) 70-04-77</t>
+          <t>+38(066)-560-31-56;</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>scptosumy@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>SPLSP@I.UA</t>
+        </is>
+      </c>
+      <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Мельник Віталій Анатолійович</t>
+          <t>Цьома Наталія Сергіївна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти з дизайну та сфери послуг"</t>
+          <t>Дочірнє підприємство "Сумський навчальний центр" державного акціонерного товариства "Будівельна компанія "Укрбуд"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2124</v>
+        <v>3030</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Сумський ЦПТО ДСП"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1970</v>
+        <v>2000</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J10" s="5"/>
       <c r="K10" s="7" t="inlineStr">
         <is>
           <t>40031</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>просп. Курський, 139</t>
+          <t>просп. Перемоги, 143</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>+38(066)560-31-56</t>
+          <t>+38(067)-875-32-50</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>splsp@i.ua</t>
+          <t>dp-snc@ukr.net, dp-snc@meta.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>design24.sumy.ua</t>
+          <t>https://snc-ukrbud.osv.org.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Голова комісії з припинення</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Цьома Наталія Сергіївна</t>
+          <t>Бондаренко Ігор Анатолійович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємство "Сумський навчальний центр" державного акціонерного товариства "Будівельна компанія "Укрбуд"</t>
+          <t>Комунальна установа "Міський міжшкільний навчально-виробничий комбінат" Сумської міської ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>3030</v>
+        <v>3119</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КУ "ММНВК" СМР</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J11" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>40031</t>
+          <t>40009</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>просп. Перемоги, 143</t>
+          <t>вул. Раскової, 72</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-875-32-50</t>
+          <t>(0542) 78-97-32, 78-97-33</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>dp-snc@ukr.net, dp-snc@meta.ua</t>
+          <t>nvk_osvita.sumy@meta.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>https://snc-ukrbud.osv.org.ua</t>
+          <t>https://sites.google.com/view/mmnvk-smr/</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Бондаренко Ігор Анатолійович</t>
+          <t>Котлярова Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Комунальна установа "Міський міжшкільний навчально-виробничий комбінат" Сумської міської ради</t>
+          <t>Комунальне обласне підприємство Сумської обласної ради "Навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>3119</v>
+        <v>6797</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>КУ "ММНВК" СМР</t>
+          <t>КОП "Навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J12" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>40009</t>
+          <t>40030</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Раскової, 72</t>
+          <t>вул. Шишкарівська, 9</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0542) 78-97-32, 78-97-33</t>
+          <t>(066)216-21-70</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>nvk_osvita.sumy@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kopnvc@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Котлярова Юлія Олексіївна</t>
+          <t>Кідіменко Петро Петрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Комунальне обласне підприємство Сумської обласної ради "Навчально-виробничий центр"</t>
+          <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6797</v>
+        <v>3724</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>КОП "Навчально-виробничий центр"</t>
+          <t>КП СМР "Електроавтотранс"</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>40030</t>
+          <t>40024</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Шишкарівська, 9</t>
+          <t>вул. Харківська, 113</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(066)216-21-70</t>
+          <t>(054)270-07-02</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>kopnvc@ukr.net</t>
+          <t>sstu67@gmail.com</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Кідіменко Петро Петрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Коренев Іван Вікторович</t>
+        </is>
+      </c>
+      <c r="U13" s="8"/>
+      <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумське вище професійне училище будівництва і дизайну"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>3724</v>
+        <v>7389</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>КП СМР "Електроавтотранс"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
-      <c r="G14" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="6"/>
       <c r="H14" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>40024</t>
+          <t>40007</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Харківська, 113</t>
+          <t>вул. Охтирська, 28</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(054)270-07-02</t>
+          <t>+38(054)-233-20-22</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>sstu67@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R14" s="5"/>
+          <t>sumyvpu6@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>http://vpu6.sumy.ua</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Коренев Іван Вікторович</t>
+          <t>Сікірніцький Сергій Володимирович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Сумське вище професійне училище будівництва і дизайну"</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумський центр професійно-технічної освіти харчових технологій, торгівлі та ресторанного сервісу"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>7389</v>
+        <v>7430</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ СОР "Сумський центр професійно-технічної освіти харчових технологій, торгівлі та ресторанного сервісу"</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6"/>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>40007</t>
+          <t>40002</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Охтирська, 28</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Роменська, 96</t>
+        </is>
+      </c>
+      <c r="P15" s="5"/>
+      <c r="Q15" s="5"/>
+      <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Сікірніцький Сергій Володимирович</t>
+          <t>Стовбир Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Сумської області</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>4400</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>НМЦ ЦЗ та БЖД Сумської області</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>Educational methodical center of civil proyection and safety of vital activity in Sumy region</t>
         </is>
       </c>