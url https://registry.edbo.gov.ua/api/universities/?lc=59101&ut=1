--- v1 (2026-02-12)
+++ v2 (2026-03-30)
@@ -769,51 +769,51 @@
           <t>вул. Харкiвська, 116</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>(0542) 66 51 30, (0542) 66 51 24, (0542) 68 77 74</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>info@sumdu.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>www.sumdu.edu.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Карпуша Василь Данилович</t>
+          <t>Школьник Інна Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Сумський національний аграрний університет</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>151</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>СНАУ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t>Sumy National Agrarian University</t>
         </is>
       </c>