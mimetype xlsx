--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1565,51 +1565,51 @@
           <t>42200</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Лебедин</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>вул. Тараса Шевченка, 73</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(05445) 3-86-42, (05445) 2-16-84</t>
+          <t>+38(054)-452-16-84</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>lebped73@gmail.com</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>lebped.com.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Білокобильська Любов Борисівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>