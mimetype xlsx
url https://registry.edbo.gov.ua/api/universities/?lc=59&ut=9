--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -1768,51 +1768,51 @@
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Горького, 250</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
           <t>(05448) 7-20-33</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
           <t>info@rckneu.com.ua</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
           <t>http://rckneu.com.ua./.</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Рудь Ніна Андріївна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Роменський фаховий коледж Сумського національного аграрного університету"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>891</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>151</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t>ВСП «Роменський фаховий коледж СНАУ»</t>