--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$59</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$61</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V59"/>
+  <dimension ref="A1:V61"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -998,52 +998,58 @@
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>(0542) 70-04-77</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>scptosumy@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>scpto.sumy.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Мельник Віталій Анатолійович</t>
         </is>
       </c>
-      <c r="U9" s="8"/>
-      <c r="V9" s="5"/>
+      <c r="U9" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V9" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти з дизайну та сфери послуг"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>2124</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Сумський ЦПТО ДСП"</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
         <v>1970</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -1338,52 +1344,58 @@
         <is>
           <t>вул. Шишкарівська, 9</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
           <t>(066)216-21-70</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>kopnvc@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Кідіменко Петро Петрович</t>
         </is>
       </c>
-      <c r="U13" s="8"/>
-      <c r="V13" s="5"/>
+      <c r="U13" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V13" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>3724</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>КП СМР "Електроавтотранс"</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -1864,3493 +1876,3647 @@
           <t>www.frunze.com.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>керівник</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Цимбал Олексій Юрійович</t>
         </is>
       </c>
       <c r="U19" s="8" t="n">
         <v>43971</v>
       </c>
       <c r="V19" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Сумський навчальний центр №116</t>
+          <t>СУМСЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>4028</v>
-[...1 lines deleted...]
-      <c r="C20" s="6"/>
+        <v>7075</v>
+      </c>
+      <c r="C20" s="6" t="n">
+        <v>6833</v>
+      </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>СНЦ №116</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J20" s="5"/>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>40002</t>
+          <t>40021</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA59080270000073662</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
-          <t>Сумська ОТГ</t>
+          <t>м. Суми</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Роменська, 110</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Лебединська, 13</t>
+        </is>
+      </c>
+      <c r="P20" s="5"/>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>sumy_centr_116@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>OFFICE@GRMU.COM.UA</t>
+        </is>
+      </c>
+      <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Яременко Іван Миколайович</t>
+          <t>Линник Анатолій Іванович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Академія красоти "Профі косметолоджі"</t>
+          <t>Сумський навчальний центр №116</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>3086</v>
+        <v>4028</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Академія красоти "Профі косметолоджі"</t>
+          <t>СНЦ №116</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J21" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>40000</t>
+          <t>40002</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270000073662</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
-          <t>м. Суми</t>
+          <t>Сумська ОТГ</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Робітнича, 9</t>
+          <t>вул. Роменська, 110</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>095 804 44 14</t>
+          <t>+066(47)-453-08</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>akadem.krasa@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R21" s="5"/>
+          <t>sumy_centr_116@ukr.net</t>
+        </is>
+      </c>
+      <c r="R21" s="5" t="inlineStr">
+        <is>
+          <t>snc116.jimdo.com</t>
+        </is>
+      </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Цимбал Ірина Миколаївна</t>
+          <t>Яременко Іван Миколайович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Охоронно-детективна агенція Альфа"</t>
+          <t>Товариство з обмеженою відповідальністю "Академія красоти "Профі косметолоджі"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>3048</v>
+        <v>3086</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Охоронно-детективна агенція Альфа"</t>
+          <t>ТОВ "Академія красоти "Профі косметолоджі"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>40030</t>
+          <t>40000</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. 1-А Залізнична, 2</t>
+          <t>вул. Робітнича, 9</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(0542) 77-56-95</t>
+          <t>095 804 44 14</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>alphaTZI@bigmir.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>akadem.krasa@ukr.net</t>
+        </is>
+      </c>
+      <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Чунаков Валерій Олексійович</t>
+          <t>Цимбал Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Сумська автошкола "Лідер"</t>
+          <t>Товариство з обмеженою відповідальністю "Охоронно-детективна агенція Альфа"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>3185</v>
+        <v>3048</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ТОВ "Охоронно-детективна агенція Альфа"</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J23" s="5"/>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>40009</t>
+          <t>40030</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Іллінська, 56</t>
+          <t>вул. 1-А Залізнична, 2</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>095 004 21 81</t>
+          <t>(0542) 77-56-95</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>avtolidersumy@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R23" s="5"/>
+          <t>alphaTZI@bigmir.net</t>
+        </is>
+      </c>
+      <c r="R23" s="5" t="inlineStr">
+        <is>
+          <t>http://www.alpha-tzi.com</t>
+        </is>
+      </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Дем`яненко Аліна Олександрівна</t>
+          <t>Чунаков Валерій Олексійович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Філія "Сумський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
+          <t>Товариство з обмеженою відповідальністю "Сумська автошкола "Лідер"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>3033</v>
-[...3 lines deleted...]
-      </c>
+        <v>3185</v>
+      </c>
+      <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E24" s="5"/>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>40024</t>
+          <t>40009</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Даргомижського, 2</t>
+          <t>вул. Іллінська, 56</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>(0542) 36-10-78</t>
+          <t>095 004 21 81</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>su@uaservice.com.ua</t>
+          <t>avtolidersumy@gmail.com</t>
         </is>
       </c>
       <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Олексенко Юрій Володимирович</t>
+          <t>Дем`яненко Аліна Олександрівна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Глухівський міськ-районний спортивно-технічний клуб ТСО України</t>
+          <t>Філія "Сумський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>3282</v>
-[...1 lines deleted...]
-      <c r="C25" s="6"/>
+        <v>3033</v>
+      </c>
+      <c r="C25" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="E25" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>Філія "Сумський державний обласний навчально-курсовий комбінат" Українського державного підприємства "Укрінтеравтосервіс"</t>
+        </is>
+      </c>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство інфраструктури України</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>41400</t>
+          <t>40024</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA59100030010033445</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
-          <t>м. Глухів</t>
+          <t>м. Суми</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Спаська, 20</t>
+          <t>вул. Даргомижського, 2</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>(05444) 2-24-31</t>
+          <t>(0542) 36-10-78</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>gtsou@ukr.net</t>
+          <t>su@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R25" s="5"/>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Горбачов Олексій Олексійович</t>
+          <t>Олексенко Юрій Володимирович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Глухівське вище професійне училище"</t>
+          <t>Глухівський міськ-районний спортивно-технічний клуб ТСО України</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>2082</v>
+        <v>3282</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Глухівське ВПУ"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>1972</v>
+        <v>2000</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
           <t>41400</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
           <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Глухів</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Есманський шлях, 17А</t>
+          <t>вул. Спаська, 20</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>(05444)3-22-47</t>
+          <t>(05444) 2-24-31</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>02547317@mail.gov.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>gtsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора Державного навчального закладу "Глухівське вище професійне училище"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Негрєй Володимир Олександрович</t>
+          <t>Горбачов Олексій Олексійович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Конотопське вище професійне училище"</t>
+          <t>Державний навчальний заклад "Глухівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>1883</v>
+        <v>2082</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Конотопське ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Глухівське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>1920</v>
+        <v>1972</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>41600</t>
+          <t>41400</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA59020070010054283</t>
+          <t>UA59100030010033445</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
-          <t>м. Конотоп</t>
+          <t>м. Глухів</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. 6-го Вересня, 1</t>
+          <t>вул. Есманський шлях, 17А</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>(05447)6-06-90</t>
+          <t>(05444)3-22-47</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>vpu4konotop@ukr.net</t>
+          <t>02547317@mail.gov.ua</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
-          <t>kvpu.co.ua</t>
+          <t>www.vpuhlukhiv.com.ua</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора Державного навчального закладу "Глухівське вище професійне училище"</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Фатюшина Ганна Петрівна</t>
+          <t>Негрєй Володимир Олександрович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Конотопська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Державний професійно-технічний навчальний заклад "Конотопське вище професійне училище"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>3265</v>
+        <v>1883</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="E28" s="5"/>
+          <t>ДПТНЗ "Конотопське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>State Vocational and Technical Educational Institution "Konotop Higher Vocational School"</t>
+        </is>
+      </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>2000</v>
+        <v>1920</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
           <t>41600</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Конотоп</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Клубна, 74</t>
+          <t>вул. 6-го Вересня, 1</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>(05447) 3-14-39, (067) 573-85-42</t>
+          <t>(05447)6-06-90</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>autokonotop@gmail.com</t>
+          <t>vpu4konotop@ukr.net</t>
         </is>
       </c>
       <c r="R28" s="5" t="inlineStr">
         <is>
-          <t>https://www.auto-tsou.com/avtoshkola/konotop</t>
+          <t>kvpu.co.ua</t>
         </is>
       </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Яковенко Юрій Олексійович</t>
+          <t>Фатюшина Ганна Петрівна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Лебединське вище професійне училище лісового господарства"</t>
+          <t>Конотопська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>2122</v>
+        <v>3265</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Лебединське вище професійне училище лісового господарства"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>1953</v>
+        <v>2000</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>42200</t>
+          <t>41600</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA59080110010031484</t>
+          <t>UA59020070010054283</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
-          <t>м. Лебедин</t>
+          <t>м. Конотоп</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. 19 Серпня, 61</t>
+          <t>вул. Клубна, 74</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>0544521361, 0544522974</t>
+          <t>(05447) 3-14-39, (067) 573-85-42</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>lebedin_vpu@ukr.net</t>
+          <t>autokonotop@gmail.com</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
-          <t>https://lvpu.sumy.ua</t>
+          <t>https://www.auto-tsou.com/avtoshkola/konotop</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Троян Анатолій Григорович</t>
-[...3 lines deleted...]
-      <c r="V29" s="5"/>
+          <t>Яковенко Юрій Олексійович</t>
+        </is>
+      </c>
+      <c r="U29" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Охтирський центр професійно-технічної освіти"</t>
+          <t>Державний професійно-технічний навчальний заклад "Лебединське вище професійне училище лісового господарства"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>1849</v>
+        <v>2122</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Охтирський центр ПТО"</t>
+          <t>ДПТНЗ "Лебединське вище професійне училище лісового господарства"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1954</v>
+        <v>1953</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>42700</t>
+          <t>42200</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA59040110010017443</t>
+          <t>UA59080110010031484</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
-          <t>м. Охтирка</t>
+          <t>м. Лебедин</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 17</t>
+          <t>вул. 19 Серпня, 61</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(05446)6-33-02</t>
+          <t>0544521361, 0544522974</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>dnzocpto@gmail.com</t>
+          <t>lebedin_vpu@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
-          <t>dnzocpto.okht.net</t>
+          <t>https://lvpu.sumy.ua</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Гузенко Анна В`ячеславівна</t>
+          <t>Троян Анатолій Григорович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Роменське вище професійне училище"</t>
+          <t>Державний навчальний заклад "Охтирський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>2083</v>
+        <v>1849</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Роменське ВПУ»</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Охтирський центр ПТО"</t>
+        </is>
+      </c>
+      <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>1966</v>
+        <v>1954</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>42000</t>
+          <t>42700</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA59060110010062596</t>
+          <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
-          <t>м. Ромни</t>
+          <t>м. Охтирка</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Коржівська, 44</t>
+          <t>вул. Незалежності, 17</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>(05448)2-10-28,22376,</t>
+          <t>(05446)6-33-02</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>vpu14@ukr.net</t>
+          <t>dnzocpto@gmail.com</t>
         </is>
       </c>
       <c r="R31" s="5" t="inlineStr">
         <is>
-          <t>romnyvpu.com.ua</t>
+          <t>dnzocpto.okht.net</t>
         </is>
       </c>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Помаран Павло Іванович</t>
+          <t>Гузенко Анна В`ячеславівна</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Міжрегіональний центр швидкого реагування Державної служби України з надзвичайних ситуацій</t>
+          <t>Заклад професійно-технічної освіти Охтирський учбово-спортивний центр Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>3084</v>
+        <v>4342</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>МЦШР ДСНС України</t>
-[...6 lines deleted...]
-      </c>
+          <t>УСЦ ТСОУ</t>
+        </is>
+      </c>
+      <c r="E32" s="5"/>
       <c r="F32" s="7"/>
-      <c r="G32" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G32" s="6"/>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>42001</t>
+          <t>42700</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
-          <t>UA59060110010062596</t>
+          <t>UA59040110010017443</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
-          <t>м. Ромни</t>
+          <t>м. Охтирка</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Рятувальників, 64</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Ярославського, 11</t>
+        </is>
+      </c>
+      <c r="P32" s="5"/>
+      <c r="Q32" s="5"/>
+      <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуючий обов'язків за посадою начальника міжрегіонального центру швидкого реагування державної служби України з надзвичайних ситуацій</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Кліщенко Сергій Анатолійович</t>
+          <t>Довгаль Григорій Володимирович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Роменський міжшкільний ресурсний центр Роменської міської ради Сумської області</t>
+          <t>Державний професійно-технічний навчальний заклад "Роменське вище професійне училище"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>3466</v>
+        <v>2083</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>Роменський МРЦ РМР</t>
-[...2 lines deleted...]
-      <c r="E33" s="5"/>
+          <t>ДПТНЗ «Роменське ВПУ»</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>STATE VOCATIONAL AND TECHNICAL EDUCATIONAL ESTABLISHMENT "ROMNY HIGH PROFESSIONAL SCHOOL"</t>
+        </is>
+      </c>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>2000</v>
+        <v>1966</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
           <t>42000</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Гоголя, 15</t>
+          <t>вул. Коржівська, 44</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>(05448)7-97-71</t>
+          <t>(05448)2-10-28,22376,</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>mnvk_romny@ukr.net</t>
+          <t>vpu14@ukr.net</t>
         </is>
       </c>
       <c r="R33" s="5" t="inlineStr">
         <is>
-          <t>https://mnvkromny.wixsite.com/website</t>
+          <t>romnyvpu.com.ua</t>
         </is>
       </c>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Диннік Наталія Володимирівна</t>
+          <t>Помаран Павло Іванович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Роменський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Мобільний рятувальний центр швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>3725</v>
+        <v>3084</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>Роменський СТК ТСОУ</t>
+          <t>МРЦ ШР "Суми" ДСНС України</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Державна служба України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>42004</t>
+          <t>42001</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Артема, 33</t>
+          <t>вул. Рятувальників, 64</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>067 843 70 82</t>
+          <t>(05448)7-10-50</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>stk-romny@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>sarz.romny@dsns.gov.ua</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>http://mcshr.dsns.gov.ua</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Тимчасово виконуючого обов'язків за посадою начальника Мобільного рятувального центру швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Хоменко Ігор Миколайович</t>
+          <t>Кліщенко Сергій Анатолійович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Шосткинський центр професійно-технічної освіти"</t>
+          <t>Роменський міжшкільний ресурсний центр Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>1846</v>
+        <v>3466</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ «Шосткинський центр ПТО»</t>
+          <t>Роменський МРЦ РМР</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>1971</v>
+        <v>2000</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>41100</t>
+          <t>42000</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA59100170010017917</t>
+          <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
-          <t>м. Шостка</t>
+          <t>м. Ромни</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Гагаріна, 21</t>
+          <t>вул. Гоголя, 15</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>0544972716</t>
+          <t>(05448)7-97-71</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>shzentrpto@gmail.com</t>
+          <t>mnvk_romny@ukr.net</t>
         </is>
       </c>
       <c r="R35" s="5" t="inlineStr">
         <is>
-          <t>https://shostka-cpto.osv.org.ua</t>
+          <t>https://mnvkromny.wixsite.com/website</t>
         </is>
       </c>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Лазарєва Тетяна Федорівна</t>
+          <t>Диннік Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Шосткинське вище професійне училище"</t>
+          <t>Роменський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>1841</v>
+        <v>3725</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Шосткинське ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Роменський СТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>1977</v>
+        <v>2000</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>41100</t>
+          <t>42004</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA59100170010017917</t>
+          <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
-          <t>м. Шостка</t>
+          <t>м. Ромни</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Воронізька, 38</t>
+          <t>вул. Артема, 33</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>0544921514</t>
+          <t>067 843 70 82</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>vpu19@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>stk-romny@ukr.net</t>
+        </is>
+      </c>
+      <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Ковтун Світлана Валентинівна</t>
+          <t>Хоменко Ігор Миколайович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Казенне підприємство Шосткинський казенний завод "Зірка"</t>
+          <t>Державний навчальний заклад "Шосткинський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>3780</v>
+        <v>1846</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>КПШКЗ "Зірка"</t>
+          <t>ДНЗ «Шосткинський центр ПТО»</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2000</v>
+        <v>1971</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
-      <c r="J37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K37" s="7" t="inlineStr">
         <is>
           <t>41100</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Шостка</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 36</t>
+          <t>вул. Гагаріна, 21</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>(05449) 20444</t>
+          <t>0544972716</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>zvezda_9@ukr.net</t>
+          <t>shzentrpto@gmail.com</t>
         </is>
       </c>
       <c r="R37" s="5" t="inlineStr">
         <is>
-          <t>zvezda-plant.com.ua</t>
+          <t>https://shostka-cpto.osv.org.ua</t>
         </is>
       </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T37" s="5" t="inlineStr">
+        <is>
+          <t>Лазарєва Тетяна Федорівна</t>
+        </is>
+      </c>
+      <c r="U37" s="8"/>
+      <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Шосткинський завод "Імпульс"</t>
+          <t>Казенне підприємство Шосткинський казенний завод "Зірка"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>7045</v>
+        <v>3780</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Шосткинський завод "Імпульс"</t>
+          <t>КПШКЗ "Зірка"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2021</v>
+        <v>2000</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>41101</t>
+          <t>41100</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Шостка</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 41</t>
+          <t>вул. Леніна, 36</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+380(54)-497-77-72</t>
+          <t>(05449) 20444</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>shostka.impuls@ukroboronprom.com</t>
-[...2 lines deleted...]
-      <c r="R38" s="5"/>
+          <t>zvezda_9@ukr.net</t>
+        </is>
+      </c>
+      <c r="R38" s="5" t="inlineStr">
+        <is>
+          <t>zvezda-plant.com.ua</t>
+        </is>
+      </c>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...8 lines deleted...]
-      <c r="V38" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T38" s="5"/>
+      <c r="U38" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V38" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Шосткинська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Комунальний заклад Сумської обласної ради "Шосткинське вище професійне училище"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>4368</v>
+        <v>7396</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>Шосткинська автошкола</t>
-[...2 lines deleted...]
-      <c r="E39" s="5"/>
+          <t>КЗ СОР "Шосткинське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>Municipal institution of the Sumy Regional Council "Shostka Higher Vocational School"</t>
+        </is>
+      </c>
       <c r="F39" s="7"/>
-      <c r="G39" s="6"/>
+      <c r="G39" s="6" t="n">
+        <v>2025</v>
+      </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J39" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
           <t>41100</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Шостка</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Родини Кривоносів, 2а</t>
+          <t>вул. Воронізька, 38</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+054(49)-201-34</t>
-[...3 lines deleted...]
-      <c r="R39" s="5"/>
+          <t>+38(054)-492-15-14</t>
+        </is>
+      </c>
+      <c r="Q39" s="5" t="inlineStr">
+        <is>
+          <t>vpu19@ukr.net</t>
+        </is>
+      </c>
+      <c r="R39" s="5" t="inlineStr">
+        <is>
+          <t>http://shypu.osv.org.ua</t>
+        </is>
+      </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Сачко Олександр Миколайович</t>
+          <t>Ковтун Світлана Валентинівна</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Білопільський спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю "Шосткинський завод "Імпульс"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>3224</v>
+        <v>7045</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>СТК ТСО України</t>
+          <t>ТОВ "Шосткинський завод "Імпульс"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>2000</v>
+        <v>2021</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Державний концерн "Укроборонпром"</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>41800</t>
+          <t>41101</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA59080030010079123</t>
+          <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
-          <t>м. Білопілля</t>
+          <t>м. Шостка</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 90</t>
+          <t>вул. Заводська, 41</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(05443) 9-26-83</t>
+          <t>+380(54)-497-77-72</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>baga.iv.iv@yandex.ua</t>
+          <t>shostka.impuls@ukroboronprom.com</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Бага Іван Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Кайнара Віталій Федорович</t>
+        </is>
+      </c>
+      <c r="U40" s="8"/>
+      <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад «Білопільське вище професійне училище»</t>
+          <t>Шосткинська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>1832</v>
+        <v>4368</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Білопільське ВПУ"</t>
+          <t>Шосткинська автошкола</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
-      <c r="G41" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G41" s="6"/>
       <c r="H41" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>41800</t>
+          <t>41100</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA59080030010079123</t>
+          <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>м. Білопілля</t>
+          <t>м. Шостка</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Клубна, 6</t>
+          <t>вул. Родини Кривоносів, 2а</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>0544391471;</t>
+          <t>+054(49)-201-34</t>
         </is>
       </c>
       <c r="Q41" s="5"/>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Христій Юрій Григорович</t>
+          <t>Сачко Олександр Миколайович</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>БУРИНСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Білопільський спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>7091</v>
+        <v>3224</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>Буринський СТК ТСО України</t>
+          <t>СТК ТСО України</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>41700</t>
+          <t>41800</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA59020030010075600</t>
+          <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
-          <t>м. Буринь</t>
+          <t>м. Білопілля</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Свободи, 1</t>
+          <t>вул. Соборна, 90</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(099)074-71-66</t>
+          <t>(05443) 9-26-83</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>burdosaaf@gmail.com</t>
+          <t>baga.iv.iv@yandex.ua</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Ріпа Юрій Олексійович</t>
-[...3 lines deleted...]
-      <c r="V42" s="5"/>
+          <t>Бага Іван Іванович</t>
+        </is>
+      </c>
+      <c r="U42" s="8" t="n">
+        <v>43993</v>
+      </c>
+      <c r="V42" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Філія державного навчального закладу"Охтирський центр професійно-технічної освіти" смт Велика Писарівка</t>
+          <t>Державний навчальний заклад «Білопільське вище професійне училище»</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>2997</v>
-[...3 lines deleted...]
-      </c>
+        <v>1832</v>
+      </c>
+      <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ДНЗ "Білопільське ВПУ"</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2000</v>
+        <v>1922</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>42800</t>
+          <t>41800</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA59040030010059554</t>
+          <t>UA59080030010079123</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
-          <t>с-ще Велика Писарівка</t>
+          <t>м. Білопілля</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Коцюбинського, 28</t>
-[...2 lines deleted...]
-      <c r="P43" s="5"/>
+          <t>вул. Клубна, 6</t>
+        </is>
+      </c>
+      <c r="P43" s="5" t="inlineStr">
+        <is>
+          <t>0544391471;</t>
+        </is>
+      </c>
       <c r="Q43" s="5"/>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Завідувач філії</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Кальченко Олена Олексіївна</t>
+          <t>Христій Юрій Григорович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Глинський професійний аграрний ліцей"</t>
+          <t>БУРИНСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>2106</v>
+        <v>7091</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Глинський ПАЛ"</t>
+          <t>Буринський СТК ТСО України</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>1946</v>
+        <v>1995</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>42081</t>
+          <t>41700</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA59060010090046430</t>
+          <t>UA59020030010075600</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
-          <t>с. Глинськ</t>
+          <t>м. Буринь</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Роменська, 14</t>
+          <t>вул. Свободи, 1</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>Тел./факс 8-05448-96-3-66, тел. 8-05448-96-3-45</t>
+          <t>(099)074-71-66</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>Gliskpal1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>burdosaaf@gmail.com</t>
+        </is>
+      </c>
+      <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуюча обов’язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Сірінько Ольга Володимирівна</t>
+          <t>Ріпа Юрій Олексійович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Грунський міжшкільний навчально-виробничий комбінат Грунської сільської ради Охтирського району Сумської області</t>
+          <t>Філія державного навчального закладу"Охтирський центр професійно-технічної освіти" смт Велика Писарівка</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>3264</v>
-[...1 lines deleted...]
-      <c r="C45" s="6"/>
+        <v>2997</v>
+      </c>
+      <c r="C45" s="6" t="n">
+        <v>1849</v>
+      </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ГРУНСЬКИЙ МНВК</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1980</v>
+        <v>2000</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>42733</t>
+          <t>42800</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA59040050010080063</t>
+          <t>UA59040030010059554</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
-          <t>с. Грунь</t>
+          <t>с-ще Велика Писарівка</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>пл. Остапа Вишні, 8</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Коцюбинського, 28</t>
+        </is>
+      </c>
+      <c r="P45" s="5"/>
+      <c r="Q45" s="5"/>
+      <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Завідувач філії</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Громак Юрій Андрійович</t>
+          <t>Кальченко Олена Олексіївна</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Конотопський професійний аграрний ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Глинський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>2080</v>
+        <v>2106</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Конотопський ПАЛ"</t>
+          <t>ДПТНЗ "Глинський ПАЛ"</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>1936</v>
+        <v>1946</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J46" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>41630</t>
+          <t>42081</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA59020130410073052</t>
+          <t>UA59060010090046430</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
-          <t>с-ще Заводське</t>
+          <t>с. Глинськ</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 68</t>
+          <t>вул. Роменська, 14</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(05447)6-36-88</t>
+          <t>Тел./факс 8-05448-96-3-66, тел. 8-05448-96-3-45</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>konotop.kpal@ukr.net</t>
+          <t>Gliskpal1@ukr.net</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
-          <t>kpal.sm.ua</t>
+          <t>Glinskpal.at.ua</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Водоп`янов Андрій Володимирович</t>
+          <t>Гордієнко Вадим Анатолійович</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Краснопільський спортивно-технічний клуб Товариства сприяння оборони України</t>
+          <t>Грунський міжшкільний навчально-виробничий комбінат Грунської сільської ради Охтирського району Сумської області</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>3866</v>
+        <v>3264</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ГРУНСЬКИЙ МНВК</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2000</v>
+        <v>1980</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J47" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>42400</t>
+          <t>42733</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA59080090010070278</t>
+          <t>UA59040050010080063</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>с-ще Краснопілля</t>
+          <t>с. Грунь</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Тургєнєва, 2</t>
+          <t>пл. Остапа Вишні, 8</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>(05459) 71636</t>
+          <t>380993191127</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>natashashepotko@mail.ru</t>
-[...2 lines deleted...]
-      <c r="R47" s="5"/>
+          <t>grunskiymnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R47" s="5" t="inlineStr">
+        <is>
+          <t>http://grunskiymnvk.eddy.school/</t>
+        </is>
+      </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T47" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T47" s="5" t="inlineStr">
+        <is>
+          <t>Громак Юрій Андрійович</t>
+        </is>
+      </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Кролевецьке вище професійне училище"</t>
+          <t>Державний професійно-технічний навчальний заклад "Конотопський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>1857</v>
+        <v>2080</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Кролевецьке ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Конотопський ПАЛ"</t>
+        </is>
+      </c>
+      <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>1950</v>
+        <v>1936</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>41300</t>
+          <t>41630</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA59020090010081204</t>
+          <t>UA59020130410073052</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Кролевець</t>
+          <t>с-ще Заводське</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. 8 Березня, 36</t>
+          <t>вул. Заводська, 68</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>0545351449</t>
+          <t>(05447)6-36-88</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>krolvpu23@ukr.net</t>
+          <t>konotop.kpal@ukr.net</t>
         </is>
       </c>
       <c r="R48" s="5" t="inlineStr">
         <is>
-          <t>https://dptnzkrolev.jimdo.com</t>
+          <t>kpal.sm.ua</t>
         </is>
       </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Єфіменко Тетяна Вікторівна</t>
+          <t>Водоп`янов Андрій Володимирович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Кролевецький спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Краснопільський спортивно-технічний клуб Товариства сприяння оборони України</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>3277</v>
+        <v>3866</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>СТК ТСОУ</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>41300</t>
+          <t>42400</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA59020090010081204</t>
+          <t>UA59080090010070278</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>м. Кролевець</t>
+          <t>с-ще Краснопілля</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Пролетарська, 3А</t>
+          <t>вул. Тургєнєва, 2</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(05453) 9-51-73</t>
+          <t>(05459) 71636</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>ktsou@ukrpost.ua</t>
+          <t>natashashepotko@mail.ru</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
-      <c r="T49" s="5" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="T49" s="5"/>
+      <c r="U49" s="8"/>
+      <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Недригайлівське вище професійне училище"</t>
+          <t>Державний професійно-технічний навчальний заклад "Кролевецьке вище професійне училище"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>2087</v>
+        <v>1857</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Недригайлівське ВПУ"</t>
-[...2 lines deleted...]
-      <c r="E50" s="5"/>
+          <t>ДПТНЗ "Кролевецьке ВПУ"</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>State vocational and technical educational institution "Krolevets Higher Vocational School"</t>
+        </is>
+      </c>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>1980</v>
+        <v>1950</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>42100</t>
+          <t>41300</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA59060090010092203</t>
+          <t>UA59020090010081204</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>с-ще Недригайлів</t>
+          <t>м. Кролевець</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Шмідта, 28</t>
+          <t>вул. 8 Березня, 36</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>5-26-06, 5-23-02</t>
+          <t>0545351449</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>vpu-41@ukr.net</t>
+          <t>krolvpu23@ukr.net</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
-          <t>http://nedrvpu.org.ua</t>
+          <t>https://dptnzkrolev.jimdo.com</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Сендецький Григорій Петрович</t>
+          <t>Єфіменко Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Недригайлівський спортивно-технічний клуб Товариства сприяння обороні України (ТСО України)</t>
+          <t>Кролевецький спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>7092</v>
+        <v>3277</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>Недригайлівський СТК ТСОУ</t>
+          <t>СТК ТСОУ</t>
         </is>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J51" s="5"/>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>42100</t>
+          <t>41300</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA59060090010092203</t>
+          <t>UA59020090010081204</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>с-ще Недригайлів</t>
+          <t>м. Кролевець</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Щебетунів, 10</t>
+          <t>вул. Пролетарська, 3А</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>(095)185-84-52</t>
+          <t>(05453) 9-51-73</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>nedr.stk@gmail.com</t>
+          <t>ktsou@ukrpost.ua</t>
         </is>
       </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Олійник Володимир Васильович</t>
-[...3 lines deleted...]
-      <c r="V51" s="5"/>
+          <t>Калишенко Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U51" s="8" t="n">
+        <v>44455</v>
+      </c>
+      <c r="V51" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Роменський навчальний центр №56"</t>
+          <t>Державний професійно-технічний навчальний заклад "Недригайлівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>4209</v>
+        <v>2087</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>РНЦ №56</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Недригайлівське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>2007</v>
+        <v>1980</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>42073</t>
+          <t>42100</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA59060110520045674</t>
+          <t>UA59060090010092203</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>с. Перехрестівка</t>
+          <t>с-ще Недригайлів</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Вишнева, 19</t>
+          <t>вул. Шмідта, 28</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(05448) 9-25-88</t>
+          <t>5-26-06, 5-23-02</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>romnunc56@ukr.net</t>
+          <t>vpu-41@ukr.net</t>
         </is>
       </c>
       <c r="R52" s="5" t="inlineStr">
         <is>
-          <t>https://rnc-56.jimdofree.com</t>
+          <t>http://nedrvpu.org.ua</t>
         </is>
       </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов’язки директора</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Верещагін Володимир Федорович</t>
+          <t>Тимошенко Людмила Григорівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Путивльський професійний ліцей"</t>
+          <t>Недригайлівський спортивно-технічний клуб Товариства сприяння обороні України (ТСО України)</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>1881</v>
+        <v>7092</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Путивльський професійний ліцей"</t>
+          <t>Недригайлівський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1960</v>
+        <v>1995</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J53" s="5"/>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>41500</t>
+          <t>42100</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA59020150010023159</t>
+          <t>UA59060090010092203</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>м. Путивль</t>
+          <t>с-ще Недригайлів</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 20</t>
+          <t>вул. Щебетунів, 10</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(05442) 5-16-03</t>
+          <t>(095)185-84-52</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>PPL_9@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nedr.stk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Новобранний Олександр Васильович</t>
+          <t>Олійник Володимир Васильович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Путивльський спортивно-технічний клуб</t>
+          <t>Державний професійно-технічний навчальний заклад "Роменський навчальний центр №56"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>3295</v>
+        <v>4209</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="E54" s="5"/>
+          <t>РНЦ №56</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>State vocational and technical educational institution "Romny Training Center №56"</t>
+        </is>
+      </c>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>41500</t>
+          <t>42073</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA59020150010023159</t>
+          <t>UA59060110520045674</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>м. Путивль</t>
+          <t>с. Перехрестівка</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Гузеєва, 26</t>
+          <t>вул. Вишнева, 19</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(05442) 91201, 53413</t>
+          <t>(05448) 9-25-88</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>aleksandr.petren@yandex.ua</t>
-[...2 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>romnunc56@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>https://rnc-56.jimdofree.com</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>виконуючий обов’язки директора</t>
+        </is>
+      </c>
+      <c r="T54" s="5" t="inlineStr">
+        <is>
+          <t>Верещагін Володимир Федорович</t>
+        </is>
+      </c>
+      <c r="U54" s="8"/>
+      <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Реутинський професійний аграрний ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Путивльський професійний ліцей"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>1856</v>
+        <v>1881</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Реутинський ПАЛ"</t>
+          <t>ДПТНЗ "Путивльський професійний ліцей"</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1944</v>
+        <v>1960</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>41343</t>
+          <t>41500</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA59020090580084857</t>
+          <t>UA59020150010023159</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>с. Реутинці</t>
+          <t>м. Путивль</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Покровська, 1</t>
+          <t>вул. Богдана Хмельницького, 20</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>05453-72-731</t>
+          <t>(05442) 5-16-03</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>reut_pal1936@ukr.net</t>
+          <t>PPL_9@ukr.net</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>reutpal.com.ua</t>
+          <t>http://putyvlproflitsei.com.ua/</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов`язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Сірий Володимир Володимирович</t>
+          <t>Новобранний Олександр Васильович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Свеський професійний аграрний ліцей"</t>
+          <t>Путивльський спортивно-технічний клуб</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>2050</v>
+        <v>3295</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Свеський ПАЛ"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1922</v>
+        <v>2000</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>41226</t>
+          <t>41500</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA59100110010010275</t>
+          <t>UA59020150010023159</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>с-ще Свеса</t>
+          <t>м. Путивль</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 9</t>
+          <t>вул. Гузеєва, 26</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>05456 632 52</t>
+          <t>(05442) 91201, 53413</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>pal.svessa@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>aleksandr.petren@yandex.ua</t>
+        </is>
+      </c>
+      <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
-[...8 lines deleted...]
-      <c r="V56" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T56" s="5"/>
+      <c r="U56" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V56" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>ДЕРЖАВНИЙ ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД "СИНІВСЬКИЙ ПРОФЕСІЙНИЙ АГРАРНИЙ ЛІЦЕЙ"</t>
+          <t>Державний професійно-технічний навчальний заклад "Реутинський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "СИНІВСЬКИЙ ПРОФЕСІЙНИЙ АГРАРНИЙ ЛІЦЕЙ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Реутинський ПАЛ"</t>
+        </is>
+      </c>
+      <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1973</v>
+        <v>1944</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>42533</t>
+          <t>41343</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA59060130010098530</t>
+          <t>UA59020090580084857</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
-          <t>с. Синівка</t>
+          <t>с. Реутинці</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 2</t>
+          <t>вул. Покровська, 1</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>0545257432</t>
+          <t>05453-72-731</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>palsynivka@ukr.net</t>
+          <t>reut_pal1936@ukr.net</t>
         </is>
       </c>
       <c r="R57" s="5" t="inlineStr">
         <is>
-          <t>synivka.licey.org.ua</t>
+          <t>reutpal.com.ua</t>
         </is>
       </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Виконуючий обов`язки директора</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Федоренко Олексій Олексійович</t>
+          <t>Сірий Володимир Володимирович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад "Тростянецький спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>Державний професійно-технічний навчальний заклад "Свеський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>4305</v>
+        <v>2050</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>ПТНЗ ТСТК ТСОУ</t>
+          <t>ДПТНЗ "Свеський ПАЛ"</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
-      <c r="G58" s="6"/>
+      <c r="G58" s="6" t="n">
+        <v>1922</v>
+      </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
-      <c r="J58" s="5"/>
+      <c r="J58" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>42600</t>
+          <t>41226</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA59040130010060037</t>
+          <t>UA59100110010010275</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>м. Тростянець</t>
+          <t>с-ще Свеса</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Козацька, 8</t>
+          <t>вул. Грушевського, 9</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>+035(45)-851-92-1</t>
+          <t>05456 632 52</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>stktsou42600@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R58" s="5"/>
+          <t>pal.svessa@meta.ua</t>
+        </is>
+      </c>
+      <c r="R58" s="5" t="inlineStr">
+        <is>
+          <t>www.svesa-pal.sumy</t>
+        </is>
+      </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Сумцов Олександр Сергійович</t>
+          <t>Копитько Андрій Миколайович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Ямпільський районний спортивно-технічний клуб ТСО України</t>
+          <t>ДЕРЖАВНИЙ ПРОФЕСІЙНО-ТЕХНІЧНИЙ НАВЧАЛЬНИЙ ЗАКЛАД "СИНІВСЬКИЙ ПРОФЕСІЙНИЙ АГРАРНИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>3729</v>
+        <v>1855</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>Ямпільський СТК ТСО України</t>
-[...2 lines deleted...]
-      <c r="E59" s="5"/>
+          <t>ДПТНЗ "СИНІВСЬКИЙ ПРОФЕСІЙНИЙ АГРАРНИЙ ЛІЦЕЙ"</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>State vocational education institution "Professional agrarian lyceum of Synivka"</t>
+        </is>
+      </c>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>2000</v>
+        <v>1973</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>41200</t>
+          <t>42533</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA59100190010090128</t>
+          <t>UA59060130010098530</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
-          <t>с-ще Ямпіль</t>
+          <t>с. Синівка</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 13</t>
+          <t>вул. Миру, 2</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>054-562-29-98</t>
-[...3 lines deleted...]
-      <c r="R59" s="5"/>
+          <t>0545257432</t>
+        </is>
+      </c>
+      <c r="Q59" s="5" t="inlineStr">
+        <is>
+          <t>palsynivka@ukr.net</t>
+        </is>
+      </c>
+      <c r="R59" s="5" t="inlineStr">
+        <is>
+          <t>synivka.licey.org.ua</t>
+        </is>
+      </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Осадчий Володимир Вікторович</t>
+          <t>Федоренко Олексій Олексійович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="inlineStr">
+        <is>
+          <t>Професійно-технічний навчальний заклад "Тростянецький спортивно-технічний клуб Товариства сприяння обороні України"</t>
+        </is>
+      </c>
+      <c r="B60" s="6" t="n">
+        <v>4305</v>
+      </c>
+      <c r="C60" s="6"/>
+      <c r="D60" s="5" t="inlineStr">
+        <is>
+          <t>ПТНЗ ТСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E60" s="5"/>
+      <c r="F60" s="7"/>
+      <c r="G60" s="6"/>
+      <c r="H60" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I60" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J60" s="5"/>
+      <c r="K60" s="7" t="inlineStr">
+        <is>
+          <t>42600</t>
+        </is>
+      </c>
+      <c r="L60" s="7" t="inlineStr">
+        <is>
+          <t>UA59040130010060037</t>
+        </is>
+      </c>
+      <c r="M60" s="5" t="inlineStr">
+        <is>
+          <t>Сумська обл.</t>
+        </is>
+      </c>
+      <c r="N60" s="5" t="inlineStr">
+        <is>
+          <t>м. Тростянець</t>
+        </is>
+      </c>
+      <c r="O60" s="5" t="inlineStr">
+        <is>
+          <t>вул. Козацька, 8</t>
+        </is>
+      </c>
+      <c r="P60" s="5" t="inlineStr">
+        <is>
+          <t>+035(45)-851-92-1</t>
+        </is>
+      </c>
+      <c r="Q60" s="5" t="inlineStr">
+        <is>
+          <t>stktsou42600@ukr.net</t>
+        </is>
+      </c>
+      <c r="R60" s="5"/>
+      <c r="S60" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T60" s="5" t="inlineStr">
+        <is>
+          <t>Сумцов Олександр Сергійович</t>
+        </is>
+      </c>
+      <c r="U60" s="8"/>
+      <c r="V60" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="inlineStr">
+        <is>
+          <t>Ямпільський районний спортивно-технічний клуб ТСО України</t>
+        </is>
+      </c>
+      <c r="B61" s="6" t="n">
+        <v>3729</v>
+      </c>
+      <c r="C61" s="6"/>
+      <c r="D61" s="5" t="inlineStr">
+        <is>
+          <t>Ямпільський СТК ТСО України</t>
+        </is>
+      </c>
+      <c r="E61" s="5"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I61" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J61" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="K61" s="7" t="inlineStr">
+        <is>
+          <t>41200</t>
+        </is>
+      </c>
+      <c r="L61" s="7" t="inlineStr">
+        <is>
+          <t>UA59100190010090128</t>
+        </is>
+      </c>
+      <c r="M61" s="5" t="inlineStr">
+        <is>
+          <t>Сумська обл.</t>
+        </is>
+      </c>
+      <c r="N61" s="5" t="inlineStr">
+        <is>
+          <t>с-ще Ямпіль</t>
+        </is>
+      </c>
+      <c r="O61" s="5" t="inlineStr">
+        <is>
+          <t>вул. Леніна, 13</t>
+        </is>
+      </c>
+      <c r="P61" s="5" t="inlineStr">
+        <is>
+          <t>054-562-29-98</t>
+        </is>
+      </c>
+      <c r="Q61" s="5"/>
+      <c r="R61" s="5"/>
+      <c r="S61" s="5" t="inlineStr">
+        <is>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T61" s="5" t="inlineStr">
+        <is>
+          <t>Осадчий Володимир Вікторович</t>
+        </is>
+      </c>
+      <c r="U61" s="8"/>
+      <c r="V61" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V59"/>
+  <autoFilter ref="A1:V61"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>