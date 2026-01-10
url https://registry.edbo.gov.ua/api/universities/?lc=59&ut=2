--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -998,58 +998,52 @@
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>(0542) 70-04-77</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>scptosumy@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>scpto.sumy.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Мельник Віталій Анатолійович</t>
         </is>
       </c>
-      <c r="U9" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U9" s="8"/>
+      <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти з дизайну та сфери послуг"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>2124</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Сумський ЦПТО ДСП"</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
         <v>1970</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -1069,63 +1063,59 @@
           <t>40031</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>просп. Курський, 139</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>+38(066)560-31-56</t>
+          <t>+38(066)-560-31-56;</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>splsp@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>SPLSP@I.UA</t>
+        </is>
+      </c>
+      <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Цьома Наталія Сергіївна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Дочірнє підприємство "Сумський навчальний центр" державного акціонерного товариства "Будівельна компанія "Укрбуд"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>3030</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
@@ -1344,58 +1334,52 @@
         <is>
           <t>вул. Шишкарівська, 9</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
           <t>(066)216-21-70</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>kopnvc@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Кідіменко Петро Петрович</t>
         </is>
       </c>
-      <c r="U13" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U13" s="8"/>
+      <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>3724</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>КП СМР "Електроавтотранс"</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -2722,58 +2706,52 @@
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>(05447) 3-14-39, (067) 573-85-42</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>autokonotop@gmail.com</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
           <t>https://www.auto-tsou.com/avtoshkola/konotop</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Яковенко Юрій Олексійович</t>
         </is>
       </c>
-      <c r="U29" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U29" s="8"/>
+      <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Лебединське вище професійне училище лісового господарства"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>2122</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Лебединське вище професійне училище лісового господарства"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>1953</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3150,56 +3128,56 @@
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
           <t>вул. Рятувальників, 64</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
           <t>(05448)7-10-50</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
           <t>sarz.romny@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R34" s="5" t="inlineStr">
         <is>
           <t>http://mcshr.dsns.gov.ua</t>
         </is>
       </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуючого обов'язків за посадою начальника Мобільного рятувального центру швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
+          <t>Тимчасово виконуючий обов'язки за посадою начальника Мобільного рятувального центру швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Кліщенко Сергій Анатолійович</t>
+          <t>Супонєв Євген Олександрович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>Роменський міжшкільний ресурсний центр Роменської міської ради Сумської області</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
         <v>3466</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t>Роменський МРЦ РМР</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
         <v>2000</v>
       </c>
@@ -3395,63 +3373,59 @@
           <t>41100</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
           <t>UA59100170010017917</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Шостка</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
           <t>вул. Гагаріна, 21</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>0544972716</t>
+          <t>72716; 40326;</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>shzentrpto@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
           <t>Лазарєва Тетяна Федорівна</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Казенне підприємство Шосткинський казенний завод "Зірка"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
         <v>3780</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>