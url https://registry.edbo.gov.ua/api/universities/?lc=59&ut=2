--- v2 (2026-01-10)
+++ v3 (2026-02-24)
@@ -828,724 +828,710 @@
         <is>
           <t>sumycpto@gmail.com</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>sumycpto.dcz.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Шаповалова Вікторія Анатоліївна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Сумський центр професійно-технічної освіти харчових технологій, торгівлі та ресторанного сервісу"</t>
+          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>2081</v>
+        <v>1882</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Сумський центр ПТО харчових технологій, торгівлі та ресторанного сервісу"</t>
+          <t>ДПТНЗ «Сумський центр ПТО»</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1966</v>
+        <v>1944</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>40002</t>
+          <t>40004</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010036634</t>
+          <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Роменська, 96</t>
+          <t>вул. Олександра Шапаренка, 7</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0542)22-80-13</t>
+          <t>(0542) 70-04-77</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>splxtt@ukr.net</t>
+          <t>scptosumy@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>http://sumy.centr.today</t>
+          <t>scpto.sumy.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Стовбир Ірина Володимирівна</t>
+          <t>Мельник Віталій Анатолійович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти"</t>
+          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти з дизайну та сфери послуг"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1882</v>
+        <v>2124</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Сумський центр ПТО»</t>
+          <t>ДПТНЗ "Сумський ЦПТО ДСП"</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1944</v>
+        <v>1970</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>40004</t>
+          <t>40031</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Олександра Шапаренка, 7</t>
+          <t>просп. Курський, 139</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0542) 70-04-77</t>
+          <t>+38(066)-560-31-56;</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>scptosumy@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>SPLSP@I.UA</t>
+        </is>
+      </c>
+      <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Мельник Віталій Анатолійович</t>
+          <t>Цьома Наталія Сергіївна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Сумський центр професійно-технічної освіти з дизайну та сфери послуг"</t>
+          <t>Дочірнє підприємство "Сумський навчальний центр" державного акціонерного товариства "Будівельна компанія "Укрбуд"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2124</v>
+        <v>3030</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Сумський ЦПТО ДСП"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1970</v>
+        <v>2000</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J10" s="5"/>
       <c r="K10" s="7" t="inlineStr">
         <is>
           <t>40031</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>просп. Курський, 139</t>
+          <t>просп. Перемоги, 143</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-560-31-56;</t>
+          <t>+38(067)-875-32-50</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>SPLSP@I.UA</t>
-[...2 lines deleted...]
-      <c r="R10" s="5"/>
+          <t>dp-snc@ukr.net, dp-snc@meta.ua</t>
+        </is>
+      </c>
+      <c r="R10" s="5" t="inlineStr">
+        <is>
+          <t>https://snc-ukrbud.osv.org.ua</t>
+        </is>
+      </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Голова комісії з припинення</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Цьома Наталія Сергіївна</t>
+          <t>Бондаренко Ігор Анатолійович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємство "Сумський навчальний центр" державного акціонерного товариства "Будівельна компанія "Укрбуд"</t>
+          <t>Комунальна установа "Міський міжшкільний навчально-виробничий комбінат" Сумської міської ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>3030</v>
+        <v>3119</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КУ "ММНВК" СМР</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J11" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>40031</t>
+          <t>40009</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA59080270010287243</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>просп. Перемоги, 143</t>
+          <t>вул. Раскової, 72</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-875-32-50</t>
+          <t>(0542) 78-97-32, 78-97-33</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>dp-snc@ukr.net, dp-snc@meta.ua</t>
+          <t>nvk_osvita.sumy@meta.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>https://snc-ukrbud.osv.org.ua</t>
+          <t>https://sites.google.com/view/mmnvk-smr/</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Бондаренко Ігор Анатолійович</t>
+          <t>Котлярова Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Комунальна установа "Міський міжшкільний навчально-виробничий комбінат" Сумської міської ради</t>
+          <t>Комунальне обласне підприємство Сумської обласної ради "Навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>3119</v>
+        <v>6797</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>КУ "ММНВК" СМР</t>
+          <t>КОП "Навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J12" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>40009</t>
+          <t>40030</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010287243</t>
+          <t>UA59080270010111002</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Раскової, 72</t>
+          <t>вул. Шишкарівська, 9</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0542) 78-97-32, 78-97-33</t>
+          <t>(066)216-21-70</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>nvk_osvita.sumy@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kopnvc@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Котлярова Юлія Олексіївна</t>
+          <t>Кідіменко Петро Петрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Комунальне обласне підприємство Сумської обласної ради "Навчально-виробничий центр"</t>
+          <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6797</v>
+        <v>3724</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>КОП "Навчально-виробничий центр"</t>
+          <t>КП СМР "Електроавтотранс"</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>40030</t>
+          <t>40024</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA59080270010111002</t>
+          <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Шишкарівська, 9</t>
+          <t>вул. Харківська, 113</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(066)216-21-70</t>
+          <t>(054)270-07-02</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>kopnvc@ukr.net</t>
+          <t>sstu67@gmail.com</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Кідіменко Петро Петрович</t>
+          <t>Коренев Іван Вікторович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство Сумської міської ради "Електроавтотранс"</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумське вище професійне училище будівництва і дизайну"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>3724</v>
+        <v>7389</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>КП СМР "Електроавтотранс"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
-      <c r="G14" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G14" s="6"/>
       <c r="H14" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>40024</t>
+          <t>40007</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Харківська, 113</t>
+          <t>вул. Охтирська, 28</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(054)270-07-02</t>
+          <t>+38(054)-233-20-22</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>sstu67@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R14" s="5"/>
+          <t>sumyvpu6@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>http://vpu6.sumy.ua</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Коренев Іван Вікторович</t>
+          <t>Сікірніцький Сергій Володимирович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради "Сумське вище професійне училище будівництва і дизайну"</t>
+          <t>Комунальний заклад Сумської обласної ради "Сумський центр професійно-технічної освіти харчових технологій, торгівлі та ресторанного сервісу"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>7389</v>
+        <v>7430</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ СОР "Сумський центр професійно-технічної освіти харчових технологій, торгівлі та ресторанного сервісу"</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6"/>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>40007</t>
+          <t>40002</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA59080270010036634</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Суми</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Охтирська, 28</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Роменська, 96</t>
+        </is>
+      </c>
+      <c r="P15" s="5"/>
+      <c r="Q15" s="5"/>
+      <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Сікірніцький Сергій Володимирович</t>
+          <t>Стовбир Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Сумської області</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>4400</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>НМЦ ЦЗ та БЖД Сумської області</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>Educational methodical center of civil proyection and safety of vital activity in Sumy region</t>
         </is>
       </c>
@@ -2786,51 +2772,51 @@
           <t>м. Лебедин</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. 19 Серпня, 61</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>0544521361, 0544522974</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>lebedin_vpu@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
           <t>https://lvpu.sumy.ua</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
           <t>Троян Анатолій Григорович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Охтирський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>1849</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Охтирський центр ПТО"</t>
         </is>
       </c>
@@ -2962,126 +2948,110 @@
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
           <t>вул. Ярославського, 11</t>
         </is>
       </c>
       <c r="P32" s="5"/>
       <c r="Q32" s="5"/>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Довгаль Григорій Володимирович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Роменське вище професійне училище"</t>
+          <t>Комунальний заклад Сумської обласної ради "Роменське вище професійне училище"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>2083</v>
+        <v>7447</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Роменське ВПУ»</t>
-[...6 lines deleted...]
-      </c>
+          <t>КЗ СОР "Роменське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1966</v>
+        <v>2026</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>42000</t>
+          <t>42001</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA59060110010062596</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Ромни</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
           <t>вул. Коржівська, 44</t>
         </is>
       </c>
-      <c r="P33" s="5" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
           <t>Помаран Павло Іванович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t>Мобільний рятувальний центр швидкого реагування "Суми" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
         <v>3084</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
@@ -4406,129 +4376,119 @@
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
           <t>(05459) 71636</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
           <t>natashashepotko@mail.ru</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T49" s="5"/>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Кролевецьке вище професійне училище"</t>
+          <t>Комунальний заклад Сумської обласної ради "Кролевецьке вище професійне училище"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>1857</v>
+        <v>7445</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Кролевецьке ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>КЗ СОР "КРОЛЕВЕЦЬКЕ ВПУ"</t>
+        </is>
+      </c>
+      <c r="E50" s="5"/>
       <c r="F50" s="7"/>
-      <c r="G50" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G50" s="6"/>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
-      <c r="I50" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
           <t>41300</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA59020090010081204</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Сумська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Кролевець</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
           <t>вул. 8 Березня, 36</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>0545351449</t>
+          <t>+38(054)-535-14-49</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
           <t>krolvpu23@ukr.net</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
           <t>https://dptnzkrolev.jimdo.com</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
           <t>Єфіменко Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>Кролевецький спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
         <v>3277</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <t>СТК ТСОУ</t>
         </is>
       </c>
@@ -5362,52 +5322,58 @@
         <is>
           <t>вул. Козацька, 8</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
           <t>+035(45)-851-92-1</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
           <t>stktsou42600@ukr.net</t>
         </is>
       </c>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
           <t>Сумцов Олександр Сергійович</t>
         </is>
       </c>
-      <c r="U60" s="8"/>
-      <c r="V60" s="5"/>
+      <c r="U60" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V60" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <t>Ямпільський районний спортивно-технічний клуб ТСО України</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
         <v>3729</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t>Ямпільський СТК ТСО України</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>