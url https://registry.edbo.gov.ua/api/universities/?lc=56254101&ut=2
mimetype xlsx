--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -315,51 +315,51 @@
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище № 22 м.Сарни</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2041</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №22</t>
+          <t>ВПУ №22 м. Сарни</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
           <t>High technical school №22 t.Sarny</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>1990</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Рівненської обласної державної адміністрації</t>
         </is>