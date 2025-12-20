--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -369,51 +369,51 @@
           <t>35100</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA56040190010053186</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Млинів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Івана Франка, 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>036 596 55 66, 596 46 94</t>
+          <t>+38(036)-596-55-66</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>mdtek@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>college.mlyniv.rv.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Яцкевич Вячеслав Романович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>