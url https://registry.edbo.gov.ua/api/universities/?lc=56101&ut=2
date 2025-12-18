--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -1158,51 +1158,51 @@
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Курчатова, 1</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>+036(26)-291-71</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>ash-tsou@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Богданович Юрій Адамович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Рівненський міжшкільний ресурсний центр</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>3022</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>Рівненський МРЦ</t>
         </is>
       </c>
@@ -1501,51 +1501,55 @@
       <c r="K15" s="7" t="inlineStr">
         <is>
           <t>33027</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>вул. Відінська, 7</t>
         </is>
       </c>
-      <c r="P15" s="5"/>
+      <c r="P15" s="5" t="inlineStr">
+        <is>
+          <t>380362230244;</t>
+        </is>
+      </c>
       <c r="Q15" s="5"/>
       <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов`язки директора філії</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Левицький Іван Олександрович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>