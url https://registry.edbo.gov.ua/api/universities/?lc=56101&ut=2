--- v1 (2025-12-18)
+++ v2 (2026-03-19)
@@ -817,54 +817,58 @@
           <t>33012</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Дем'янчука С. академіка, 3</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+380673623740; (0362)237075;</t>
-[...2 lines deleted...]
-      <c r="Q7" s="5"/>
+          <t>+38(067)-362-37-40</t>
+        </is>
+      </c>
+      <c r="Q7" s="5" t="inlineStr">
+        <is>
+          <t>tplicey@ukr.net</t>
+        </is>
+      </c>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Рудик Віктор Леонідович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Навчально-курсовий комбінат" Рівненської обласної ради</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>3561</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
@@ -912,58 +916,52 @@
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Білякова, 6</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>036 228 05 92</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>kombinat@rivne.com</t>
         </is>
       </c>
       <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T8" s="5"/>
-      <c r="U8" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U8" s="8"/>
+      <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Рівненської області</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>4408</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>НМЦ ЦЗ та БЖД Рівненської області</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>2005</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>