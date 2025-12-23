--- v0 (2025-10-26)
+++ v1 (2025-12-23)
@@ -570,56 +570,56 @@
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Карнаухова Миколи, 53</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0362) 63 55 34</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>academy@rma.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.mcollege.rv.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Конощук Руслана Василівна</t>
+          <t>Шустик Роман Петрович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Національний університет водного господарства та природокористування</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>9</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>НУВГП</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>THE NATIONAL UNIVERSITY OF WATER AND ENVIRONMENTAL ENGINEERING</t>
         </is>
       </c>