--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1965,51 +1965,51 @@
           <t>35100</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA56040190010053186</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>с-ще Млинів</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>вул. Івана Франка, 1</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>036 596 55 66, 596 46 94</t>
+          <t>+38(036)-596-55-66</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>mdtek@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
           <t>college.mlyniv.rv.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Яцкевич Вячеслав Романович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
@@ -2057,51 +2057,51 @@
           <t>34200</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA56080150010051265</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>с-ще Рокитне</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Незалежності, 8</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>+036(35)-221-43</t>
+          <t>+38(036)-352-21-43</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>rokimedu@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Виконуюча обов`язки директора</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Киркова Мирослава Анатоліївна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Сарненський педагогічний фаховий коледж Рівненського державного гуманітарного університету"</t>