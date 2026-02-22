--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -2068,51 +2068,51 @@
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>с-ще Рокитне</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Незалежності, 8</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>+38(036)-352-21-43</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>rokimedu@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов`язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Киркова Мирослава Анатоліївна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Сарненський педагогічний фаховий коледж Рівненського державного гуманітарного університету"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>743</v>
       </c>
       <c r="C21" s="6" t="n">
         <v>40</v>
       </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>ВСП "Сарненський педагогічний фаховий коледж РДГУ"</t>