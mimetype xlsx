--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -725,61 +725,61 @@
           <t>33009</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Млинівська, 2</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>0362682535</t>
+          <t>+38(036)-268-25-35</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>Rivneproflitsey@ukr.net</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>https://rpl.rv.ua</t>
+          <t>https://rivnepkamt.rv.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Маркушин Олексій Геннадійович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Рівненський професійний коледж ресторанного і готельного бізнесу"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>1990</v>
       </c>
       <c r="C7" s="6"/>
@@ -983,61 +983,61 @@
           <t>33028</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Гетьмана Мазепи, 14</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0362) 26-59-32, 26 76 55</t>
+          <t>+38(036)-263-40-61;</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>kursy_co@rv.dsns.gov.ua</t>
+          <t>nmc.rivne@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>http://rv.mnc-dsns.gov.ua</t>
+          <t>https://nmc.dsns.gov.ua/rv</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Начальник</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Вовчук Сергій Георгійович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Локон"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>3703</v>
       </c>
       <c r="C10" s="6"/>
@@ -1158,51 +1158,51 @@
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Курчатова, 1</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>+036(26)-291-71</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>ash-tsou@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Богданович Юрій Адамович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Рівненський міжшкільний ресурсний центр</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>3022</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>Рівненський МРЦ</t>
         </is>
       </c>
@@ -1575,51 +1575,55 @@
       <c r="K16" s="7" t="inlineStr">
         <is>
           <t>33027</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA56060470010041018</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Рівне</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Відінська, 7</t>
         </is>
       </c>
-      <c r="P16" s="5"/>
+      <c r="P16" s="5" t="inlineStr">
+        <is>
+          <t>380362230244;</t>
+        </is>
+      </c>
       <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов`язки директора філії</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Левицький Іван Олександрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Філія "Відокремлений підрозділ "Рівненська атомна електрична станція" акціонерного товариства "Національна атомна енергогенеруюча компанія "Енергоатом"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>6989</v>
       </c>
       <c r="C17" s="6" t="n">
@@ -3087,63 +3091,55 @@
           <t>35200</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA56040090010036483</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Рівненська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>с-ще Демидівка</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
           <t>вул. Миру, 144</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>03637 6 11 74</t>
-[...11 lines deleted...]
-      </c>
+          <t>6-11-74;</t>
+        </is>
+      </c>
+      <c r="Q34" s="5"/>
+      <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
           <t>Ткачук Богдан Ярославович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Дубровицький професійний ліцей"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
         <v>1952</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
@@ -3274,52 +3270,58 @@
         <is>
           <t>вул. Артеменка, 26 А</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
           <t>(067)360-75-82</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
           <t>dubrovytska.as@gmail.com</t>
         </is>
       </c>
       <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
           <t>Дубінець Іван Іванович</t>
         </is>
       </c>
-      <c r="U36" s="8"/>
-      <c r="V36" s="5"/>
+      <c r="U36" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V36" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Здолбунівське вище професійне училище залізничного транспорту"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
         <v>2095</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Здолбунівське ВПУЗТ"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
         <v>2002</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -4889,51 +4891,51 @@
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
           <t>Ковалець Андрій Макарович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище № 22 м.Сарни</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
         <v>2041</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №22</t>
+          <t>ВПУ №22 м. Сарни</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>High technical school №22 t.Sarny</t>
         </is>
       </c>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
         <v>1990</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Рівненської обласної державної адміністрації</t>
         </is>