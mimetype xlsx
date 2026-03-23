--- v0 (2025-11-06)
+++ v1 (2026-03-23)
@@ -365,54 +365,58 @@
           <t>38734</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA53080330040052782</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с. Божківське</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. -,</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>554502; 550611;</t>
-[...2 lines deleted...]
-      <c r="Q2" s="5"/>
+          <t>+38(050)-683-62-61</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>bnc16bnc@i.ua</t>
+        </is>
+      </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Волошин Олександр Сергійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Надержинщинський навчальний центр №65</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2529</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
@@ -445,55 +449,63 @@
           <t>38734</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA53080330040052782</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>с. Божківське</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Паркова, 12</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+38(095)-305-46-81;</t>
-[...3 lines deleted...]
-      <c r="R3" s="5"/>
+          <t>+38(095)-305-46-81</t>
+        </is>
+      </c>
+      <c r="Q3" s="5" t="inlineStr">
+        <is>
+          <t>nadcen65@ukr.net</t>
+        </is>
+      </c>
+      <c r="R3" s="5" t="inlineStr">
+        <is>
+          <t>https://nadcen65.wixsite.com/nnc65</t>
+        </is>
+      </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Якібчук Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 