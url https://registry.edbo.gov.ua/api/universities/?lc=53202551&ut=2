--- v0 (2025-10-21)
+++ v1 (2026-02-22)
@@ -365,51 +365,51 @@
           <t>38300</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA53060030010018743</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Велика Багачка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 58 А</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(05345) 9 13 31</t>
+          <t>+38(066)-332-91-43;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>v-bagachka.stk.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Бандур Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>