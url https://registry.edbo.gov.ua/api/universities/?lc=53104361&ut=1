--- v0 (2025-11-04)
+++ v1 (2026-03-13)
@@ -388,56 +388,56 @@
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Університетська, 20</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+380536 75-81-86</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>office@kdu.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://www.kdu.edu.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>ректор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Никифоров Володимир Валентинович</t>
+          <t>Загірняк Денис Михайлович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Філія "Кременчуцький інститут вищого навчального закладу "Університет імені Альфреда Нобеля"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>284</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>1271</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>Кременчуцький інститут ВНЗ «Університет імені Альфреда Нобеля»</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Affiliate «Kremenchuk institute of Higher Educational Establishment «Alfred Nobel University»</t>