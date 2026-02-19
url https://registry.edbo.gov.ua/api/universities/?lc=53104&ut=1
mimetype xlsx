--- v0 (2025-10-31)
+++ v1 (2026-02-19)
@@ -574,56 +574,56 @@
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Університетська, 20</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+380536 75-81-86</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>office@kdu.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>https://www.kdu.edu.ua/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>ректор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Никифоров Володимир Валентинович</t>
+          <t>Загірняк Денис Михайлович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Придніпровський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна академія управління персоналом"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1188</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>249</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Придніпровський інститут ПрАТ «ВНЗ «МАУП»</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>The Prydniprovskyi Institute of the Private Joint Stock Company "Higher education institution "The Interregional Academy of Personnel Management"</t>