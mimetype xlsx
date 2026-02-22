--- v0 (2025-12-19)
+++ v1 (2026-02-22)
@@ -1082,52 +1082,58 @@
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>(053)250-91-64</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>poltavargp@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>https://ukrnaukageocenter.com</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Грибенко Роман Юрійович</t>
         </is>
       </c>
-      <c r="U10" s="8"/>
-      <c r="V10" s="5"/>
+      <c r="U10" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V10" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство "Полтаваелектроавтотранс" Полтавської міської ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>4594</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>КП "Полтаваелектроавтотранс" ПМР</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>1992</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>