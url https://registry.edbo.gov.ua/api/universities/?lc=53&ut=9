--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1349,51 +1349,51 @@
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Полтавський фаховий коледж транспортного будівництва</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>713</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ПФКТБ</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>Poltava Applied College of Transport Construction</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1999</v>
+        <v>1925</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>36005</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
@@ -2687,61 +2687,61 @@
           <t>37200</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
           <t>UA53060190010016735</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Лохвиця</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 27</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>(05356)31232, 31430</t>
+          <t>+38(053)-563-12-32; +38(053)-563-14-30;</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
           <t>lo_med@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
-          <t>http://lomedcollege.com.ua/</t>
+          <t>lo-med@poltava.ukrtel.net</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Царинний Анатолій Дмитрович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Хомутецький фаховий коледж Полтавського державного аграрного університету"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>826</v>
       </c>
       <c r="C28" s="6" t="n">