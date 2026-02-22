--- v1 (2025-12-23)
+++ v2 (2026-02-22)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$29</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$30</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V29"/>
+  <dimension ref="A1:V30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -584,2369 +584,2463 @@
         <is>
           <t>pk.vmurol@gmail.com</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>http://pl-coll.uu.edu.ua/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Шаравара Роман Іванович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Полтавський фаховий коледж нафти і газу Національного університету "Полтавська політехніка імені Юрія Кондратюка"</t>
+          <t>Відокремлений структурний підрозділ "Полтавський політехнічний фаховий коледж Національного технічного університету "Харківський політехнічний інститут"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>902</v>
+        <v>715</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>225</v>
+        <v>104</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ПКНГ Національного університету імені Юрія Кондратюка</t>
+          <t>ВСП «ППФК НТУ «ХПІ»</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Poltava Applied Oil and Gas College of National University "Yuri Kondratyuk Poltava Polytechnic"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Poltava Polytechnic Professional College, a Separated Structural Unit of National Technical University "Kharkiv Polytechnic Institute"</t>
+        </is>
+      </c>
+      <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>1967</v>
+        <v>1944</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>36021</t>
+          <t>36039</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 2-А</t>
+          <t>вул. Матвійчука Юліана, 83 А</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>+380(53)-263-81-48</t>
+          <t>(0532)60-74-52</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>pkng@ukr.net</t>
+          <t>info@polytechnic.poltava.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>http://www.pkng.pl.ua</t>
+          <t>http//www.polytechnic.poltava.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Бадула Іван Іванович</t>
+          <t>Пітяков Олександр Сергійович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Полтавський фаховий коледж Національного юридичного університету імені Ярослава Мудрого"</t>
+          <t>Відокремлений структурний підрозділ "Полтавський фаховий коледж нафти і газу Національного університету "Полтавська політехніка імені Юрія Кондратюка"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>2645</v>
+        <v>902</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>274</v>
+        <v>225</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ПФК НЮУ</t>
+          <t>ПКНГ Національного університету імені Юрія Кондратюка</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision "Poltava Professional College of Yaroslav Mudryi National Law University"</t>
-[...2 lines deleted...]
-      <c r="F6" s="7"/>
+          <t>Poltava Applied Oil and Gas College of National University "Yuri Kondratyuk Poltava Polytechnic"</t>
+        </is>
+      </c>
+      <c r="F6" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G6" s="6" t="n">
-        <v>2013</v>
+        <v>1967</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>36011</t>
+          <t>36021</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010073240</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>просп. Грицаєнка Віталія, 14</t>
+          <t>вул. Грушевського, 2-А</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(0532) 56 01 42</t>
+          <t>+380(53)-263-81-48</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>nlucollege@nlu.edu.ua</t>
-[...2 lines deleted...]
-      <c r="R6" s="5"/>
+          <t>pkng@ukr.net</t>
+        </is>
+      </c>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>http://www.pkng.pl.ua</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Старостіна Любов Леонідівна</t>
+          <t>Бадула Іван Іванович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж управління, економіки і права Полтавського державного аграрного університету"</t>
+          <t>Відокремлений структурний підрозділ "Полтавський фаховий коледж Національного юридичного університету імені Ярослава Мудрого"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>373</v>
+        <v>2645</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>27</v>
+        <v>274</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ФКУЕП ПДАУ"</t>
+          <t>ПФК НЮУ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Subdivision "Professional College of Management, Economics and Law of Poltava State Agrarian University"</t>
+          <t>Separate Structural Subdivision "Poltava Professional College of Yaroslav Mudryi National Law University"</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1947</v>
+        <v>2013</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
           <t>36011</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Віталія Грицаєнка, 10</t>
+          <t>просп. Грицаєнка Віталія, 14</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(053 2) 56-90-87, (053 2) 56-53-62</t>
+          <t>(0532) 56 01 42</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>acup@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nlucollege@nlu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Карманенко Василь Васильович</t>
+          <t>Старостіна Любов Леонідівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Військовий коледж сержантського складу Військового інституту телекомунікацій та інформатизації імені Героїв Крут</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж управління, економіки і права Полтавського державного аграрного університету"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>3642</v>
+        <v>373</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>3196</v>
+        <v>27</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ВКСС ВІТІ</t>
+          <t>ВСП "ФКУЕП ПДАУ"</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Non-commissioned Officers College of Military Institute of Telecommunication and Informatization</t>
+          <t>Separated Structural Subdivision "Professional College of Management, Economics and Law of Poltava State Agrarian University"</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>1947</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Міністерство оборони України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>36009</t>
+          <t>36011</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010183642</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Зіньківська, 44</t>
+          <t>просп. Віталія Грицаєнка, 10</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0532 53 67 12</t>
+          <t>(053 2) 56-90-87, (053 2) 56-53-62</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>viti@viti.edu.ua</t>
+          <t>acup@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>www.viti.edu.ua</t>
+          <t>acup.poltava.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Начальник військового коледжу сержанського складу Військового інституту телекомунікацій та інформатизації та інформатизації імені Героїв Крут</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Ковтун Олександр Володимирович</t>
+          <t>Карманенко Василь Васильович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти Полтавський базовий медичний фаховий коледж Полтавської обласної ради</t>
+          <t>Військовий коледж сержантського складу Військового інституту телекомунікацій та інформатизації імені Героїв Крут</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="C9" s="6"/>
+        <v>3642</v>
+      </c>
+      <c r="C9" s="6" t="n">
+        <v>3196</v>
+      </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>Полтавський базовий медичний фаховий коледж</t>
+          <t>ВКСС ВІТІ</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Municipal Educational Establishment Poltava Basic Medical Professional College Poltava Regional Council</t>
+          <t>Non-commissioned Officers College of Military Institute of Telecommunication and Informatization</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1871</v>
+        <v>2000</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство оборони України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>36011</t>
+          <t>36009</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010073240</t>
+          <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Стрітенська, 51 А</t>
+          <t>вул. Зіньківська, 44</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0532) 50 25 93, 60 64 01</t>
+          <t>0532 53 67 12</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>pol.bmk@gmail.com</t>
+          <t>viti@viti.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>www.pbmk.poltava.ua</t>
+          <t>www.viti.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник військового коледжу сержанського складу Військового інституту телекомунікацій та інформатизації та інформатизації імені Героїв Крут</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Синенко Олена Анатоліївна</t>
+          <t>Ковтун Олександр Володимирович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Полтавський фаховий коледж мистецтв імені М.В. Лисенка</t>
+          <t>Комунальний заклад освіти Полтавський базовий медичний фаховий коледж Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>969</v>
+        <v>711</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ПФКМ ім. М.В. Лисенка</t>
+          <t>Полтавський базовий медичний фаховий коледж</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Poltava Professional College of Arts named after M.V. Lysenko</t>
+          <t>Municipal Educational Establishment Poltava Basic Medical Professional College Poltava Regional Council</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1903</v>
+        <v>1871</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>36020</t>
+          <t>36011</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборності, 11</t>
+          <t>вул. Стрітенська, 51 А</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>0532562691</t>
+          <t>(0532) 50 25 93, 60 64 01</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>poltavamusic@ukr.net</t>
+          <t>pol.bmk@gmail.com</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>www.pmu.pl.ua</t>
+          <t>www.pbmk.poltava.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Демченко Микола Миколайович</t>
+          <t>Синенко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Полтавський фаховий коледж підприємництва і ресторанного бізнесу</t>
+          <t>Полтавський фаховий коледж мистецтв імені М.В. Лисенка</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>714</v>
+        <v>969</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ПФКПРБ</t>
+          <t>ПФКМ ім. М.В. Лисенка</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Poltava Applied College of Entrepreneurship and Restaurant Business</t>
+          <t>Poltava Professional College of Arts named after M.V. Lysenko</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1967</v>
+        <v>1903</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
           <t>36020</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Європейська, 100</t>
+          <t>вул. Соборності, 11</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(0532) 59 22 91, +380953088165</t>
+          <t>0532562691</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>pkt-poltava@ukr.net</t>
+          <t>poltavamusic@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>http://pkt.osv.org.ua</t>
+          <t>www.pmu.pl.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Степанов Володимир Іванович</t>
+          <t>Демченко Микола Миколайович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Полтавський фаховий коледж Полтавського університету економіки і торгівлі</t>
+          <t>Полтавський фаховий коледж підприємництва і ресторанного бізнесу</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>7247</v>
-[...3 lines deleted...]
-      </c>
+        <v>714</v>
+      </c>
+      <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ПФК ПУЕТ</t>
+          <t>ПФКПРБ</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Poltava Professional College of Poltava University of Economics and Trade</t>
+          <t>Poltava Applied College of Entrepreneurship and Restaurant Business</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2024</v>
+        <v>1967</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКЕ ОБ’ЄДНАННЯ ЗАКЛАДІВ КООПЕРАТИВНОЇ ОСВІТИ"</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>36003</t>
+          <t>36020</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Банка Івана, 3</t>
+          <t>вул. Європейська, 100</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38(0532)56-13-48; факс +38(0532)50-02-22</t>
+          <t>(0532) 59 22 91, +380953088165</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>college@puet.edu.ua</t>
+          <t>pkt-poltava@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>https://puet.edu.ua/pro-koledzh/</t>
+          <t>http://pkt.osv.org.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Франко Людмила Сергіївна</t>
+          <t>Степанов Володимир Іванович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Полтавський фаховий коледж транспортного будівництва</t>
+          <t>Полтавський фаховий коледж Полтавського університету економіки і торгівлі</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="C13" s="6"/>
+        <v>7247</v>
+      </c>
+      <c r="C13" s="6" t="n">
+        <v>123</v>
+      </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ПФКТБ</t>
+          <t>ПФК ПУЕТ</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Poltava Applied College of Transport Construction</t>
+          <t>Poltava Professional College of Poltava University of Economics and Trade</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1925</v>
+        <v>2024</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКЕ ОБ’ЄДНАННЯ ЗАКЛАДІВ КООПЕРАТИВНОЇ ОСВІТИ"</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>36005</t>
+          <t>36003</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010073240</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>пл. Слави, 4/2</t>
+          <t>вул. Банка Івана, 3</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+380(53)-260-17-36</t>
+          <t>+38(0532)56-13-48; факс +38(0532)50-02-22</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>pbttb@ukr.net</t>
+          <t>college@puet.edu.ua</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>pbttb.at.ua</t>
+          <t>https://puet.edu.ua/pro-koledzh/</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов'язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Васільєв Євген Олександрович</t>
+          <t>Франко Людмила Сергіївна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Полтавський фаховий кооперативний коледж</t>
+          <t>Полтавський фаховий коледж транспортного будівництва</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>Полтавський кооперативний коледж</t>
+          <t>ПФКТБ</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Poltava applied cooperative college</t>
+          <t>Poltava Applied College of Transport Construction</t>
         </is>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1957</v>
+        <v>1925</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПОЛТАВСЬКА МІСЬКА СПІЛКА ТОВАРИСТВ"</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>36000</t>
+          <t>36005</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Небесної Сотні, 9/17</t>
+          <t>пл. Слави, 4/2</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>38 053 2607566</t>
+          <t>+380(53)-260-17-36</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>poltkooptex@ukr.net</t>
+          <t>pbttb@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>https://pkk.edu.ua/</t>
+          <t>pbttb.at.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов'язків директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Делія Оксана Вікторівна</t>
+          <t>Васільєв Євген Олександрович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Фаховий Полтавський бізнес-коледж Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
+          <t>Полтавський фаховий кооперативний коледж</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>2527</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ФПБК ЗВО «МНТУ»</t>
+          <t>Полтавський кооперативний коледж</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Applied Poltava Business college Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
+          <t>Poltava applied cooperative college</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>2013</v>
+        <v>1957</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПОЛТАВСЬКА МІСЬКА СПІЛКА ТОВАРИСТВ"</t>
+        </is>
+      </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>36039</t>
+          <t>36000</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010183642</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Сінна, 7</t>
+          <t>вул. Небесної Сотні, 9/17</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>0532 50 81 78</t>
+          <t>38 053 2607566</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>kononenkorm_rob@ukr.net</t>
+          <t>poltkooptex@ukr.net</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>www.pib.edu.ua</t>
+          <t>https://pkk.edu.ua/</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Лавриненко Сергій Іванович</t>
+          <t>Делія Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Гадяцький фаховий коледж культури і мистецтв ім. І.П. Котляревського</t>
+          <t>Фаховий Полтавський бізнес-коледж Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="C16" s="6"/>
+        <v>2527</v>
+      </c>
+      <c r="C16" s="6" t="n">
+        <v>195</v>
+      </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>ГФККІМ ім. І.П. Котляревського</t>
+          <t>ФПБК ЗВО «МНТУ»</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Hadiach Professional College of Culture and Arts after I.P.Kotliarevsky</t>
+          <t>Applied Poltava Business college Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1935</v>
+        <v>2013</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J16" s="5"/>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>37300</t>
+          <t>36039</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA53060090010040802</t>
+          <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
-          <t>м. Гадяч</t>
+          <t>м. Полтава</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>пл. Соборна, 9 "А"</t>
+          <t>вул. Сінна, 7</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(053) 542-16 50</t>
+          <t>0532 50 81 78</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>hadiachculture@gmail.com</t>
+          <t>kononenkorm_rob@ukr.net</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>http://guc.org.ua/</t>
+          <t>www.pib.edu.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Насменчук Анатолій Миколайович</t>
+          <t>Лавриненко Сергій Іванович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Політехнічний фаховий коледж Кременчуцького національного університету імені Михайла Остроградського"</t>
+          <t>Гадяцький фаховий коледж культури і мистецтв ім. І.П. Котляревського</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>2730</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Політехнічний фаховий коледж КрНУ"</t>
+          <t>ГФККІМ ім. І.П. Котляревського</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision "Technical Professional College of Kremenchuk Mykhailo Ostrohradskiy National University"</t>
+          <t>Hadiach Professional College of Culture and Arts after I.P.Kotliarevsky</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>1967</v>
+        <v>1935</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>39800</t>
+          <t>37300</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA53020030010087471</t>
+          <t>UA53060090010040802</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
-          <t>м. Горішні Плавні</t>
+          <t>м. Гадяч</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 2</t>
+          <t>пл. Соборна, 9 "А"</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>0(95)-310-52-26</t>
+          <t>(053) 542-16 50</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>komspoliteh@gmail.com</t>
+          <t>hadiachculture@gmail.com</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/vsppkkrnu/</t>
+          <t>http://guc.org.ua/</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Дзина Наталія Анатоліївна</t>
+          <t>Насменчук Анатолій Миколайович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж Кременчуцького національного університету імені Михайла Остроградського"</t>
+          <t>Відокремлений структурний підрозділ "Політехнічний фаховий коледж Кременчуцького національного університету імені Михайла Остроградського"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>1345</v>
+        <v>2730</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>218</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ФК КрНУ"</t>
+          <t>ВСП "Політехнічний фаховий коледж КрНУ"</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision "Professional College of Mykhailo Ostrohradskyi Kremenchug National University"</t>
+          <t>Separate Structural Subdivision "Technical Professional College of Kremenchuk Mykhailo Ostrohradskiy National University"</t>
         </is>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1997</v>
+        <v>1967</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>39621</t>
+          <t>39800</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010228624</t>
+          <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
-          <t>м. Кременчук</t>
+          <t>м. Горішні Плавні</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Чумацький шлях, 7</t>
+          <t>вул. Миру, 2</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(05366)60048</t>
+          <t>0(95)-310-52-26</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>kkrnu@i.ua</t>
+          <t>komspoliteh@gmail.com</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>www.kkrnu.ukr.education</t>
+          <t>https://sites.google.com/view/vsppkkrnu/</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Левченко Роман Володимирович</t>
+          <t>Дзина Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти Кременчуцький медичний фаховий коледж імені В.І. Литвиненка Полтавської обласної ради</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж Кременчуцького національного університету імені Михайла Остроградського"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="C19" s="6"/>
+        <v>1345</v>
+      </c>
+      <c r="C19" s="6" t="n">
+        <v>218</v>
+      </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>КМФК імені В.І. Литвиненка</t>
+          <t>ВСП "ФК КрНУ"</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>Municipal Educational Establishment Kremenchuk Medical Professional College named after V.I. Lytvynenko Poltava Regional Council</t>
+          <t>Separate structural subdivision "Professional College of Mykhailo Ostrohradskyi Kremenchug National University"</t>
         </is>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>1903</v>
+        <v>1997</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>39602</t>
+          <t>39621</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010031694</t>
+          <t>UA53020110010228624</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Червона Гірка, 41</t>
+          <t>вул. Чумацький шлях, 7</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(0536) 758126, 758127</t>
+          <t>(05366)60048</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>kmk.inform@ukr.net</t>
+          <t>kkrnu@i.ua</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>k-m-k.com.ua</t>
+          <t>www.kkrnu.ukr.education</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Малик Світлана Станіславівна</t>
+          <t>Левченко Роман Володимирович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Кременчуцький фаховий коледж транспортної інфраструктури та технологій</t>
+          <t>Комунальний заклад освіти Кременчуцький медичний фаховий коледж імені В.І. Литвиненка Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>1059</v>
+        <v>577</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>КрФКТІТ</t>
+          <t>КМФК імені В.І. Литвиненка</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Kremenchyk Applied college of transport infrastructure and technology</t>
+          <t>Municipal Educational Establishment Kremenchuk Medical Professional College named after V.I. Lytvynenko Poltava Regional Council</t>
         </is>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1878</v>
+        <v>1903</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>39601</t>
+          <t>39602</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Руфа Юрія, 14</t>
+          <t>вул. Червона Гірка, 41</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>+38(053)-676-36-65</t>
+          <t>(0536) 758126, 758127</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>railwaytech@gmail.com</t>
+          <t>kmk.inform@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>www.tyaga.net</t>
+          <t>k-m-k.com.ua</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Білоконь Ірина Миколаївна</t>
+          <t>Малик Світлана Станіславівна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Лубенський фінансово-економічний фаховий коледж Полтавського державного аграрного університету"</t>
+          <t>Кременчуцький фаховий коледж транспортної інфраструктури та технологій</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>1260</v>
-[...3 lines deleted...]
-      </c>
+        <v>1059</v>
+      </c>
+      <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ВСП ЛФЕФК ПДАУ</t>
+          <t>КрФКТІТ</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Unit "Lubny Financial and Economic Professional College of Poltava State Agrarian University"</t>
+          <t>Kremenchyk Applied college of transport infrastructure and technology</t>
         </is>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1944</v>
+        <v>1878</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>37500</t>
+          <t>39601</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA53040030010081016</t>
+          <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
-          <t>м. Лубни</t>
+          <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Ярослава Мудрого, 23/1</t>
+          <t>вул. Руфа Юрія, 14</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+053(61)-726-00</t>
+          <t>+38(053)-676-36-65</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>lubnyfekpdaa@gmail.com</t>
+          <t>railwaytech@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
-          <t>lubfefk.pdau.edu.ua</t>
+          <t>www.tyaga.net</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Орошан Тетяна Анатоліївна</t>
+          <t>Білоконь Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти Лубенський медичний фаховий коледж Полтавської обласної ради</t>
+          <t>Відокремлений структурний підрозділ "Лубенський фінансово-економічний фаховий коледж Полтавського державного аграрного університету"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>619</v>
-[...1 lines deleted...]
-      <c r="C22" s="6"/>
+        <v>1260</v>
+      </c>
+      <c r="C22" s="6" t="n">
+        <v>27</v>
+      </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>Лубенський медичний фаховий коледж</t>
+          <t>ВСП ЛФЕФК ПДАУ</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>Municipal Educational Establishment Lubny Medical Professional College Poltava Regional Council</t>
+          <t>Separate Structural Unit "Lubny Financial and Economic Professional College of Poltava State Agrarian University"</t>
         </is>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>1930</v>
+        <v>1944</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
           <t>37500</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Лубни</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Інститутська, 74</t>
+          <t>вул. Ярослава Мудрого, 23/1</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(053)61-77-370</t>
+          <t>+053(61)-726-00</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>lmu2@ukr.net</t>
+          <t>lubnyfekpdaa@gmail.com</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>lmu.org.ua</t>
+          <t>lubfefk.pdau.edu.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Кузьменко Алла Григорівна</t>
+          <t>Орошан Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Лубенський лісотехнічний фаховий коледж</t>
+          <t>Комунальний заклад освіти Лубенський медичний фаховий коледж Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>ЛЛФК</t>
+          <t>Лубенський медичний фаховий коледж</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>Lubny Forest-Engineering Applied College</t>
+          <t>Municipal Educational Establishment Lubny Medical Professional College Poltava Regional Council</t>
         </is>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>1891</v>
+        <v>1930</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
           <t>37500</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Лубни</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Тернівська, 21</t>
+          <t>вул. Інститутська, 74</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>0536177308</t>
+          <t>(053)61-77-370</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>listcolledg@ukr.net</t>
+          <t>lmu2@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>www.lltk.edu.ua</t>
+          <t>lmu.org.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Тихович Володимир Євгенович</t>
+          <t>Кузьменко Алла Григорівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Миргородський фаховий коледж імені Миколи Гоголя Національного університету "Полтавська політехніка імені Юрія Кондратюка"</t>
+          <t>Лубенський лісотехнічний фаховий коледж</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>664</v>
-[...3 lines deleted...]
-      </c>
+        <v>620</v>
+      </c>
+      <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>МФК Полтавської політехніки</t>
+          <t>ЛЛФК</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>A separate structural unit "Myrhorod Vocational College named after Mykola Gogol of the National University "Poltava Polytechnic named after Yuri Kondratyuk"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Lubny Forest-Engineering Applied College</t>
+        </is>
+      </c>
+      <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1896</v>
+        <v>1891</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>37600</t>
+          <t>37500</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA53060230010027681</t>
+          <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>м. Миргород</t>
+          <t>м. Лубни</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Гоголя, 146</t>
+          <t>вул. Тернівська, 21</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>0535546429</t>
+          <t>0536177308</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>mirgorodcollege@gmail.com</t>
+          <t>listcolledg@ukr.net</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>https://mfk.pl.ua/</t>
+          <t>www.lltk.edu.ua</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Лупашко Вячеслав Володимирович</t>
+          <t>Тихович Володимир Євгенович</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Березоворудський фаховий коледж Полтавського державного аграрного університету»</t>
+          <t>Відокремлений структурний підрозділ "Миргородський фаховий коледж імені Миколи Гоголя Національного університету "Полтавська політехніка імені Юрія Кондратюка"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>384</v>
+        <v>664</v>
       </c>
       <c r="C25" s="6" t="n">
-        <v>27</v>
+        <v>225</v>
       </c>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Березоворудський фаховий коледж ПДАУ», ВСП «БФК ПДАУ»</t>
+          <t>МФК Полтавської політехніки</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>Separate structural units «Berezova Rudka Professional College of Poltava State Agrarian University»</t>
-[...2 lines deleted...]
-      <c r="F25" s="7"/>
+          <t>A separate structural unit "Myrhorod Vocational College named after Mykola Gogol of the National University "Poltava Polytechnic named after Yuri Kondratyuk"</t>
+        </is>
+      </c>
+      <c r="F25" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G25" s="6" t="n">
-        <v>1929</v>
+        <v>1896</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>37040</t>
+          <t>37600</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA53040090030043309</t>
+          <t>UA53060230010027681</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
-          <t>с. Березова Рудка</t>
+          <t>м. Миргород</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Паркова, 1</t>
+          <t>вул. Гоголя, 146</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>66117; 66110;</t>
-[...3 lines deleted...]
-      <c r="R25" s="5"/>
+          <t>0535546429</t>
+        </is>
+      </c>
+      <c r="Q25" s="5" t="inlineStr">
+        <is>
+          <t>mirgorodcollege@gmail.com</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>https://mfk.pl.ua/</t>
+        </is>
+      </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Краснюк Василь Миколайович</t>
+          <t>Лупашко Вячеслав Володимирович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Лохвицький механіко-технологічний фаховий коледж Полтавського державного аграрного університету"</t>
+          <t>Відокремлений структурний підрозділ «Березоворудський фаховий коледж Полтавського державного аграрного університету»</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>618</v>
+        <v>384</v>
       </c>
       <c r="C26" s="6" t="n">
         <v>27</v>
       </c>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ЛМТФК ПДАУ"</t>
+          <t>ВСП «Березоворудський фаховий коледж ПДАУ», ВСП «БФК ПДАУ»</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Subdivision "Lohvitsa Mechanical-Technological Professional College of the Poltava State Agrarian University"</t>
+          <t>Separate structural units «Berezova Rudka Professional College of Poltava State Agrarian University»</t>
         </is>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>37240</t>
+          <t>37040</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA53060130010028447</t>
+          <t>UA53040090030043309</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
-          <t>м. Заводське</t>
+          <t>с. Березова Рудка</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Європейська, 39</t>
+          <t>вул. Паркова, 1</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>(05356) 3 54 46</t>
-[...11 lines deleted...]
-      </c>
+          <t>66117; 66110;</t>
+        </is>
+      </c>
+      <c r="Q26" s="5"/>
+      <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Мусієнко Ліана Олександрівна</t>
+          <t>Краснюк Василь Миколайович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти Лохвицький медичний фаховий коледж Полтавської обласної ради</t>
+          <t>Відокремлений структурний підрозділ "Лохвицький механіко-технологічний фаховий коледж Полтавського державного аграрного університету"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>617</v>
-[...1 lines deleted...]
-      <c r="C27" s="6"/>
+        <v>618</v>
+      </c>
+      <c r="C27" s="6" t="n">
+        <v>27</v>
+      </c>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>Лохвицький медичний фаховий коледж</t>
+          <t>ВСП "ЛМТФК ПДАУ"</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>Municipal educational establishment Lokhvytsia medical professional college Poltava regional council</t>
+          <t>Separated Structural Subdivision "Lohvitsa Mechanical-Technological Professional College of the Poltava State Agrarian University"</t>
         </is>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>1936</v>
+        <v>1931</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>37200</t>
+          <t>37240</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA53060190010016735</t>
+          <t>UA53060130010028447</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
-          <t>м. Лохвиця</t>
+          <t>м. Заводське</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 27</t>
+          <t>вул. Європейська, 39</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+38(053)-563-12-32; +38(053)-563-14-30;</t>
+          <t>(05356) 3 54 46</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>lo_med@ukr.net</t>
+          <t>lmtkpdaa@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
-          <t>lo-med@poltava.ukrtel.net</t>
+          <t>http://lmtkpdaa.com.ua</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Царинний Анатолій Дмитрович</t>
+          <t>Мусієнко Ліана Олександрівна</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Хомутецький фаховий коледж Полтавського державного аграрного університету"</t>
+          <t>Комунальний заклад освіти Лохвицький медичний фаховий коледж Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>826</v>
-[...3 lines deleted...]
-      </c>
+        <v>617</v>
+      </c>
+      <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ВСП ХФК ПДАУ</t>
+          <t>Лохвицький медичний фаховий коледж</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Subdivision " Structural Detached Subdivision «Khomutetsky Professional College of Poltava State Agrarian University"</t>
+          <t>Municipal educational establishment Lokhvytsia medical professional college Poltava regional council</t>
         </is>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>1958</v>
+        <v>1936</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>37634</t>
+          <t>37200</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA53060230340050642</t>
+          <t>UA53060190010016735</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
-          <t>с. Хомутець</t>
+          <t>м. Лохвиця</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Освітянська, 69-А</t>
+          <t>вул. Шевченка, 27</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>(05355) 35-5-11; (05355) 35-5-27</t>
+          <t>+38(053)-563-12-32; +38(053)-563-14-30;</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>hvzt@pdau.edu.ua</t>
+          <t>lo_med@ukr.net</t>
         </is>
       </c>
       <c r="R28" s="5" t="inlineStr">
         <is>
-          <t>hvzt.pdaa.edu.ua</t>
+          <t>lo-med@poltava.ukrtel.net</t>
         </is>
       </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Шинкаренко Сергій Васильович</t>
+          <t>Царинний Анатолій Дмитрович</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Хорольський агропромисловий фаховий коледж Полтавського державного аграрного університету"</t>
+          <t>Відокремлений структурний підрозділ "Хомутецький фаховий коледж Полтавського державного аграрного університету"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>1248</v>
+        <v>826</v>
       </c>
       <c r="C29" s="6" t="n">
         <v>27</v>
       </c>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ВСП Хорольський АФК ПДАУ</t>
+          <t>ВСП ХФК ПДАУ</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Unit "Khorol Agroindustrial Professional College of Poltava State Agrarian University"</t>
+          <t>Separated Structural Subdivision " Structural Detached Subdivision «Khomutetsky Professional College of Poltava State Agrarian University"</t>
         </is>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>1930</v>
+        <v>1958</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>37800</t>
+          <t>37634</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA53040110010080324</t>
+          <t>UA53060230340050642</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
-          <t>м. Хорол</t>
+          <t>с. Хомутець</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Небесної Сотні, 73</t>
+          <t>вул. Освітянська, 69-А</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>+38(050)-937-42-43</t>
+          <t>+38(053)-553-55-11</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>xapkpdaa@ukr.net</t>
+          <t>hvzt@pdau.edu.ua</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
-          <t>xapkpdaa.org.ua</t>
+          <t>hvzt.pdau.edu.ua</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Чишко Микола Миколайович</t>
+          <t>Шинкаренко Сергій Васильович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="inlineStr">
+        <is>
+          <t>Відокремлений структурний підрозділ "Хорольський агропромисловий фаховий коледж Полтавського державного аграрного університету"</t>
+        </is>
+      </c>
+      <c r="B30" s="6" t="n">
+        <v>1248</v>
+      </c>
+      <c r="C30" s="6" t="n">
+        <v>27</v>
+      </c>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t>ВСП Хорольський АФК ПДАУ</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>Separate Structural Unit "Khorol Agroindustrial Professional College of Poltava State Agrarian University"</t>
+        </is>
+      </c>
+      <c r="F30" s="7"/>
+      <c r="G30" s="6" t="n">
+        <v>1930</v>
+      </c>
+      <c r="H30" s="5" t="inlineStr">
+        <is>
+          <t>Заклад фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="I30" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="K30" s="7" t="inlineStr">
+        <is>
+          <t>37800</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="inlineStr">
+        <is>
+          <t>UA53040110010080324</t>
+        </is>
+      </c>
+      <c r="M30" s="5" t="inlineStr">
+        <is>
+          <t>Полтавська обл.</t>
+        </is>
+      </c>
+      <c r="N30" s="5" t="inlineStr">
+        <is>
+          <t>м. Хорол</t>
+        </is>
+      </c>
+      <c r="O30" s="5" t="inlineStr">
+        <is>
+          <t>вул. Небесної Сотні, 73</t>
+        </is>
+      </c>
+      <c r="P30" s="5" t="inlineStr">
+        <is>
+          <t>+38(050)-937-42-43</t>
+        </is>
+      </c>
+      <c r="Q30" s="5" t="inlineStr">
+        <is>
+          <t>xapkpdaa@ukr.net</t>
+        </is>
+      </c>
+      <c r="R30" s="5" t="inlineStr">
+        <is>
+          <t>xapkpdaa.org.ua</t>
+        </is>
+      </c>
+      <c r="S30" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T30" s="5" t="inlineStr">
+        <is>
+          <t>Чишко Микола Миколайович</t>
+        </is>
+      </c>
+      <c r="U30" s="8"/>
+      <c r="V30" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V29"/>
+  <autoFilter ref="A1:V30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>