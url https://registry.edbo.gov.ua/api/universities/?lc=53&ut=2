--- v0 (2025-10-21)
+++ v1 (2025-12-19)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$95</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$96</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V95"/>
+  <dimension ref="A1:V96"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -885,51 +885,51 @@
           <t>36034</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Курчатова, 15</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0532668608</t>
+          <t>+38(053)-266-70-77</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>polt.vpu@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>https://vpu21.org/</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Корочанська Валентина Іванівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
@@ -3337,4970 +3337,5034 @@
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
           <t>вул. Степового фронту, 46</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
           <t>0532 61 39 61</t>
         </is>
       </c>
       <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Яланський Ігор Юрійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ніколенко Станіслав Анатолійович</t>
+        </is>
+      </c>
+      <c r="U37" s="8"/>
+      <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Страхове агентство "Полтава"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "РОЗУМНА ТОЧКА"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>2900</v>
+        <v>7380</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "СА "Полтава"</t>
+          <t>ТОВ "РОЗУМНА ТОЧКА"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2000</v>
+        <v>2025</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>36039</t>
+          <t>36000</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Фрунзе, 22А</t>
+          <t>вул. Симона Петлюри, 21</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>606184</t>
+          <t>(050)405-55-44</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>tovstp2014@ukr.net</t>
+          <t>tovsmartpoint2025@gmail.com</t>
         </is>
       </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Міщенко Віктор Миколайович</t>
+          <t>Книш Сергій Іванович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Центр виживання та спеціальної підготовки "СІАЛ"</t>
+          <t>Товариство з обмеженою відповідальністю "Страхове агентство "Полтава"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>4223</v>
+        <v>2900</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Центр виживання та спеціальної підготовки "СІАЛ"</t>
+          <t>ТОВ "СА "Полтава"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>2011</v>
+        <v>2000</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>36003</t>
+          <t>36039</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010073240</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>пл. Незалежності, 24 кімната 204</t>
-[...3 lines deleted...]
-      <c r="Q39" s="5"/>
+          <t>вул. Фрунзе, 22А</t>
+        </is>
+      </c>
+      <c r="P39" s="5" t="inlineStr">
+        <is>
+          <t>606184</t>
+        </is>
+      </c>
+      <c r="Q39" s="5" t="inlineStr">
+        <is>
+          <t>tovstp2014@ukr.net</t>
+        </is>
+      </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Талалаєв Володимир Опанасович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Міщенко Віктор Миколайович</t>
+        </is>
+      </c>
+      <c r="U39" s="8"/>
+      <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Шериф-Груп-Полтава"</t>
+          <t>Товариство з обмеженою відповідальністю "Центр виживання та спеціальної підготовки "СІАЛ"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>7087</v>
+        <v>4223</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Шериф-Груп-Полтава"</t>
+          <t>ТОВ "Центр виживання та спеціальної підготовки "СІАЛ"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
-      <c r="G40" s="6"/>
+      <c r="G40" s="6" t="n">
+        <v>2011</v>
+      </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>36007</t>
+          <t>36003</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Гожулівська, 22А</t>
-[...11 lines deleted...]
-      </c>
+          <t>пл. Незалежності, 24 кімната 204</t>
+        </is>
+      </c>
+      <c r="P40" s="5"/>
+      <c r="Q40" s="5"/>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Вепринська Тетяна Яківна</t>
-[...3 lines deleted...]
-      <c r="V40" s="5"/>
+          <t>Талалаєв Володимир Опанасович</t>
+        </is>
+      </c>
+      <c r="U40" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V40" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Явір-2005"</t>
+          <t>Товариство з обмеженою відповідальністю "Шериф-Груп-Полтава"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>2890</v>
+        <v>7087</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Явір-2005"</t>
+          <t>ТОВ "Шериф-Груп-Полтава"</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
-      <c r="G41" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G41" s="6"/>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
           <t>36007</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Хлібозаводська, 7</t>
+          <t>вул. Гожулівська, 22А</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>0532 56 36 50, 56 36 51</t>
-[...2 lines deleted...]
-      <c r="Q41" s="5"/>
+          <t>(050)700-17-55</t>
+        </is>
+      </c>
+      <c r="Q41" s="5" t="inlineStr">
+        <is>
+          <t>sheriffbuh@ukr.net</t>
+        </is>
+      </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Єфіменко Віктор Володимирович</t>
+          <t>Вепринська Тетяна Яківна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Гадяцький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю "Явір-2005"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>4477</v>
+        <v>2890</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "Явір-2005"</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J42" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>37300</t>
+          <t>36007</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA53060090010040802</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
-          <t>м. Гадяч</t>
+          <t>м. Полтава</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>пл. Революції, 35</t>
+          <t>вул. Хлібозаводська, 7</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>+38(053)-542-17-49; +38(050)-921-02-96;</t>
-[...6 lines deleted...]
-      </c>
+          <t>0532 56 36 50, 56 36 51</t>
+        </is>
+      </c>
+      <c r="Q42" s="5"/>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуюча обов’язки директора Гадяцького районного спортивно – технічного клубу України</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Верба Ірина Миколаївна</t>
+          <t>Єфіменко Віктор Володимирович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Гадяцьке аграрне училище"</t>
+          <t>Гадяцький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>3065</v>
+        <v>4477</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Гадяцьке аграрне училище"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
-          <t>Міністерство аграрної політики та продовольства України</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
           <t>37300</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA53060090010040802</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Гадяч</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Замкова, 1</t>
+          <t>пл. Революції, 35</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>0535420675</t>
+          <t>+38(053)-542-17-49; +38(050)-921-02-96;</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>gadagrosch@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gadyach.stk.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Тимчасово виконуюча обов’язки директора Гадяцького районного спортивно – технічного клубу України</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Сенчук Наталія Дмитрівна</t>
+          <t>Верба Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Гадяцьке вище професійне аграрне училище"</t>
+          <t>Державний навчальний заклад "Гадяцьке аграрне училище"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>1743</v>
+        <v>3065</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Гадяцьке ВПАУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Гадяцьке аграрне училище"</t>
+        </is>
+      </c>
+      <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>1954</v>
+        <v>2000</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Міністерство аграрної політики та продовольства України</t>
         </is>
       </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
           <t>37300</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA53060090010040802</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Гадяч</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Полтавська, 88</t>
+          <t>вул. Замкова, 1</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>0535421669, 0535423892</t>
+          <t>0535420675</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>dnzgvpau@gmail.com</t>
+          <t>gadagrosch@gmail.com</t>
         </is>
       </c>
       <c r="R44" s="5" t="inlineStr">
         <is>
-          <t>http://gpal.com.ua/</t>
+          <t>https://gadagrosch.wixsite.com/dnzgau</t>
         </is>
       </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Мигаль Олександр Миколайович</t>
+          <t>Сенчук Наталія Дмитрівна</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне гірничо-будівельне училище</t>
+          <t>Державний навчальний заклад "Гадяцьке вище професійне аграрне училище"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>2177</v>
+        <v>1743</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ВПГБУ</t>
-[...2 lines deleted...]
-      <c r="E45" s="5"/>
+          <t>ДНЗ "Гадяцьке ВПАУ"</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>State educational establishment "Hadiach higher professional agricultural school"</t>
+        </is>
+      </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1967</v>
+        <v>1954</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>39800</t>
+          <t>37300</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA53020030010087471</t>
+          <t>UA53060090010040802</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
-          <t>м. Горішні Плавні</t>
+          <t>м. Гадяч</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 10</t>
+          <t>вул. Полтавська, 88</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(05348)-44-55-0</t>
+          <t>0535421669, 0535423892</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>pgl-k@i.ua</t>
+          <t>dnzgvpau@gmail.com</t>
         </is>
       </c>
       <c r="R45" s="5" t="inlineStr">
         <is>
-          <t>http://www.gornoe.com.ua</t>
+          <t>http://gpal.com.ua/</t>
         </is>
       </c>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Сулима Василь Михайлович</t>
+          <t>Мигаль Олександр Миколайович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Комсомольська філія №2 Закладку об`єднання громадян "Полтавська обласна автомобільна школа Всеукраїнської спілки автомобілістів"</t>
+          <t>Вище професійне гірничо-будівельне училище</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>4389</v>
-[...3 lines deleted...]
-      </c>
+        <v>2177</v>
+      </c>
+      <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВПГБУ</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2014</v>
+        <v>1967</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J46" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>39801</t>
+          <t>39800</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Горішні Плавні</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Строни, 21</t>
+          <t>вул. Космонавтів, 10</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>0532 56 58 29</t>
+          <t>(05348)-44-55-0</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>avto-vsa@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R46" s="5"/>
+          <t>pgl-k@i.ua</t>
+        </is>
+      </c>
+      <c r="R46" s="5" t="inlineStr">
+        <is>
+          <t>http://www.gornoe.com.ua</t>
+        </is>
+      </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Керівник філії</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Котов Павло Дмитрович</t>
+          <t>Сулима Василь Михайлович</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Полтавський гірничо-збагачувальний комбінат"</t>
+          <t>Комсомольська філія №2 Закладку об`єднання громадян "Полтавська обласна автомобільна школа Всеукраїнської спілки автомобілістів"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>4232</v>
-[...1 lines deleted...]
-      <c r="C47" s="6"/>
+        <v>4389</v>
+      </c>
+      <c r="C47" s="6" t="n">
+        <v>4387</v>
+      </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "Полтавський ГЗК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>1995</v>
+        <v>2014</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>39802</t>
+          <t>39801</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
           <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Горішні Плавні</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Будівельників, 16</t>
-[...3 lines deleted...]
-      <c r="Q47" s="5"/>
+          <t>вул. Строни, 21</t>
+        </is>
+      </c>
+      <c r="P47" s="5" t="inlineStr">
+        <is>
+          <t>0532 56 58 29</t>
+        </is>
+      </c>
+      <c r="Q47" s="5" t="inlineStr">
+        <is>
+          <t>avto-vsa@ukr.net</t>
+        </is>
+      </c>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Голова Правління</t>
+          <t>Керівник філії</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Лотоус Віктор Вікторович</t>
+          <t>Котов Павло Дмитрович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Акціонерне товариство "Транснаціональна фінансово-промислова нафтова компанія "Укртатнафта"</t>
+          <t>Приватне акціонерне товариство "Полтавський гірничо-збагачувальний комбінат"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>6909</v>
+        <v>4232</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>АТ "Укртатнафта"</t>
-[...2 lines deleted...]
-      <c r="E48" s="5"/>
+          <t>ПРАТ "Полтавський ГЗК"</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>FERREXPO POLTAVA MINING</t>
+        </is>
+      </c>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>39609</t>
+          <t>39802</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010031694</t>
+          <t>UA53020030010087471</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Кременчук</t>
+          <t>м. Горішні Плавні</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Свіштовська, 3</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Будівельників, 16</t>
+        </is>
+      </c>
+      <c r="P48" s="5"/>
+      <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова Правління</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Корецький Сергій Федорович</t>
+          <t>Лотоус Віктор Вікторович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 7 м. Кременчука Полтавської області</t>
+          <t>Акціонерне товариство "Транснаціональна фінансово-промислова нафтова компанія "Укртатнафта"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>2353</v>
+        <v>6909</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №7</t>
-[...6 lines deleted...]
-      </c>
+          <t>АТ "Укртатнафта"</t>
+        </is>
+      </c>
+      <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>1979</v>
+        <v>1995</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>39631</t>
+          <t>39609</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010112104</t>
+          <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Вадима Пугачова, 14</t>
+          <t>вул. Свіштовська, 3</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>+38 (098) 100-14-77</t>
+          <t>(053)676-84-10</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>vpu7.krem@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>pobox@ukrtatnafta.com</t>
+        </is>
+      </c>
+      <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Несен Микола Григорович</t>
+          <t>Корецький Сергій Федорович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Кременчуцьке професійно-технічне училище"</t>
+          <t>Вище професійне училище № 7 м. Кременчука Полтавської області</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>2557</v>
+        <v>2353</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>Кременчуцьке ПТУ</t>
-[...2 lines deleted...]
-      <c r="E50" s="5"/>
+          <t>ВПУ №7</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>Higher Vocational School №7, Kremenchuk, Poltava Region</t>
+        </is>
+      </c>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>39600</t>
+          <t>39631</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010031694</t>
+          <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Богаєвського Лікаря, 10/30</t>
+          <t>вул. Вадима Пугачова, 14</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>0536 73 15 44</t>
+          <t>+38 (098) 100-14-77</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>kremptu@ukr.net</t>
+          <t>vpu7.krem@gmail.com</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
-          <t>http//kremptu.e-schools.info</t>
+          <t>https://vpu7kremenchuk.com</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Буленок Станіслав Сергійович</t>
+          <t>Несен Микола Григорович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство «Кременчуцьке тролейбусне управління імені Л.Я.Левітана» Кременчуцької міської ради Кременчуцького району Полтавської області</t>
+          <t>Державний професійно-технічний навчальний заклад "Кременчуцьке професійно-технічне училище"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>3948</v>
+        <v>2557</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Кременчуцьке ПТУ</t>
+        </is>
+      </c>
+      <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>2000</v>
+        <v>1972</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>39631</t>
+          <t>39600</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Київська, 69</t>
+          <t>вул. Богаєвського Лікаря, 10/30</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>053 665 10 72</t>
+          <t>0536 73 15 44</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>educat.ktu@i.ua</t>
-[...2 lines deleted...]
-      <c r="R51" s="5"/>
+          <t>kremptu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R51" s="5" t="inlineStr">
+        <is>
+          <t>http//kremptu.e-schools.info</t>
+        </is>
+      </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Вертюх Олександр Миколайович</t>
+          <t>Буленок Станіслав Сергійович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>КРЕМЕНЧУЦЬКИЙ ПРОФЕСІЙНИЙ ЛІЦЕЙ ІМ. А.С. МАКАРЕНКА</t>
+          <t>Комунальне підприємство «Кременчуцьке тролейбусне управління імені Л.Я.Левітана» Кременчуцької міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>2176</v>
+        <v>3948</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>КПЛ ІМ. А.С. МАКАРЕНКА</t>
-[...2 lines deleted...]
-      <c r="E52" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>Communal Enterprise "Kremenchutske Troieybusne Upravlinnya name of L.Levitan" Kremenchuk City Council Kremenchutskyi district Poltava oblast</t>
+        </is>
+      </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1943</v>
+        <v>2000</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>39617</t>
+          <t>39631</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010112104</t>
+          <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Троїцька, 103</t>
+          <t>вул. Київська, 69</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>097-752-68-02</t>
+          <t>053 665 10 72</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>kplm5@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>educat.ktu@i.ua</t>
+        </is>
+      </c>
+      <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Зубков Олег Олексійович</t>
+          <t>Вертюх Олександр Миколайович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Міжшкільний ресурсний центр Кременчуцької міської ради Кременчуцького району Полтавської області</t>
+          <t>КРЕМЕНЧУЦЬКИЙ ПРОФЕСІЙНИЙ ЛІЦЕЙ ІМ. А.С. МАКАРЕНКА</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>2968</v>
+        <v>2176</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>МРЦ</t>
+          <t>КПЛ ІМ. А.С. МАКАРЕНКА</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1979</v>
+        <v>1943</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти виконавчого комітету Кременчуцької міської ради Полтавської області</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>39622</t>
+          <t>39617</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Якова Петруся, 140</t>
+          <t>вул. Троїцька, 103</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>+053(67)-500-56</t>
+          <t>097-752-68-02</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>kmnvk2@ukr.net</t>
+          <t>kplm5@ukr.net</t>
         </is>
       </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
-          <t>www.kmnvk.org.ua</t>
+          <t>www.kplm.pl.ua</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Бурмус Іван Борисович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Зубков Олег Олексійович</t>
+        </is>
+      </c>
+      <c r="U53" s="8"/>
+      <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Міський спортивно-технічний клуб "Дніпро" Товариства сприяння обороні України</t>
+          <t>Міжшкільний ресурсний центр Кременчуцької міської ради Кременчуцького району Полтавської області</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>4977</v>
+        <v>2968</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>МСТК "Дніпро" ТСОУ</t>
+          <t>МРЦ</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
-      <c r="G54" s="6"/>
+      <c r="G54" s="6" t="n">
+        <v>1979</v>
+      </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти виконавчого комітету Кременчуцької міської ради Полтавської області</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>39605</t>
+          <t>39622</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Троїцька, 3</t>
+          <t>вул. Якова Петруся, 140</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+380677507755</t>
+          <t>+053(67)-500-56</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>dnipro.mstk.tsou@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>kmnvk2@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>www.kmnvk.org.ua</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Петров Сергій Геннадійович</t>
-[...3 lines deleted...]
-      <c r="V54" s="5"/>
+          <t>Бурмус Іван Борисович</t>
+        </is>
+      </c>
+      <c r="U54" s="8" t="n">
+        <v>44357</v>
+      </c>
+      <c r="V54" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство фірма "Профінвест"</t>
+          <t>Міський спортивно-технічний клуб "Дніпро" Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>3538</v>
+        <v>4977</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>ПП фірма "Профінвест"</t>
+          <t>МСТК "Дніпро" ТСОУ</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
-      <c r="G55" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G55" s="6"/>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J55" s="5"/>
+      <c r="J55" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>39600</t>
+          <t>39605</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Ватутіна, 3</t>
+          <t>вул. Троїцька, 3</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>050 524 68 55</t>
+          <t>+380677507755</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>ucprofinvest@mail.ru</t>
+          <t>dnipro.mstk.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Богдан Олександр Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Петров Сергій Геннадійович</t>
+        </is>
+      </c>
+      <c r="U55" s="8"/>
+      <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище № 26 м. Кременчука</t>
+          <t>Приватне підприємство фірма "Профінвест"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>2423</v>
+        <v>3538</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ПТУ № 26 м. Кременчука</t>
+          <t>ПП фірма "Профінвест"</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1922</v>
+        <v>2000</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J56" s="5"/>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>39601</t>
+          <t>39600</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010031694</t>
+          <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Чкалова, 4</t>
+          <t>вул. Ватутіна, 3</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+38(097)975-43-11</t>
+          <t>050 524 68 55</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>ptu26kremen1@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ucprofinvest@mail.ru</t>
+        </is>
+      </c>
+      <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Жаров Євгеній Сергійович</t>
-[...3 lines deleted...]
-      <c r="V56" s="5"/>
+          <t>Богдан Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U56" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V56" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійно-технічної освіти №1 м.Кременчука</t>
+          <t>Професійно-технічне училище № 26 м. Кременчука</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>2243</v>
+        <v>2423</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>РЦ ПТО №1 м.Кременчука</t>
+          <t>ПТУ № 26 м. Кременчука</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
         <v>1922</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>39610</t>
+          <t>39601</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010112104</t>
+          <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>просп. Лесі Українки, 44</t>
+          <t>вул. Чкалова, 4</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>(0536)75-82-16</t>
+          <t>+38(097)975-43-11</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>info@rcpto1.org</t>
+          <t>ptu26kremen1@gmail.com</t>
         </is>
       </c>
       <c r="R57" s="5" t="inlineStr">
         <is>
-          <t>rcpto1.org</t>
+          <t>https://ptu26.com.ua</t>
         </is>
       </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Крутько Валентина Петрівна</t>
+          <t>Жаров Євгеній Сергійович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Градосфера"</t>
+          <t>Регіональний центр професійно-технічної освіти №1 м.Кременчука</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>3816</v>
+        <v>2243</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Градосфера"</t>
+          <t>РЦ ПТО №1 м.Кременчука</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>2000</v>
+        <v>1922</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J58" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J58" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>39600</t>
+          <t>39610</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
           <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Генерала Жадова, 4</t>
+          <t>просп. Лесі Українки, 44</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>067 530 48 04</t>
+          <t>(0536)75-82-16</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>centr@grad.pl.ua</t>
-[...2 lines deleted...]
-      <c r="R58" s="5"/>
+          <t>info@rcpto1.org</t>
+        </is>
+      </c>
+      <c r="R58" s="5" t="inlineStr">
+        <is>
+          <t>rcpto1.org</t>
+        </is>
+      </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор ТОВ "Градосфера"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Лихошвай Наталія Валентинівна</t>
+          <t>Крутько Валентина Петрівна</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ІНЖЕНЕРНИЙ ЦЕНТР "ЕНЕРГОЕКСПЕРТ"</t>
+          <t>Товариство з обмеженою відповідальністю "Градосфера"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>3798</v>
+        <v>3816</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ІНЖЕНЕРНИЙ ЦЕНТР "ЕНЕРГОЕКСПЕРТ"</t>
+          <t>ТОВ "Градосфера"</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J59" s="5"/>
       <c r="K59" s="7" t="inlineStr">
         <is>
           <t>39600</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010228624</t>
+          <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Мазепи, 45-А</t>
+          <t>вул. Генерала Жадова, 4</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>0536 75 75 35</t>
+          <t>+38(053)-679-43-60;</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>nmc2009@meta.ua</t>
-[...2 lines deleted...]
-      <c r="R59" s="5"/>
+          <t>SFERA@GRAD.PL.UA</t>
+        </is>
+      </c>
+      <c r="R59" s="5" t="inlineStr">
+        <is>
+          <t>ORENDAGRAD.PL.UA</t>
+        </is>
+      </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Генеральний директор ТОВ "Градосфера"</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Сапа Сергій Володимирович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Лихошвай Наталія Валентинівна</t>
+        </is>
+      </c>
+      <c r="U59" s="8"/>
+      <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>УЧБОВО-КУРСОВИЙ КОМБІНАТ</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ІНЖЕНЕРНИЙ ЦЕНТР "ЕНЕРГОЕКСПЕРТ"</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>4265</v>
+        <v>3798</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>УКК</t>
+          <t>ТОВ "ІНЖЕНЕРНИЙ ЦЕНТР "ЕНЕРГОЕКСПЕРТ"</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J60" s="5"/>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>39605</t>
+          <t>39600</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010112104</t>
+          <t>UA53020110010228624</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Гоголя, 12/21</t>
+          <t>вул. Івана Мазепи, 45-А</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+053(66)-340-10</t>
+          <t>0536 75 75 35</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>dp_ykk@ukr.net</t>
+          <t>nmc2009@meta.ua</t>
         </is>
       </c>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Лисенко Ніна Іванівна</t>
-[...3 lines deleted...]
-      <c r="V60" s="5"/>
+          <t>Сапа Сергій Володимирович</t>
+        </is>
+      </c>
+      <c r="U60" s="8" t="n">
+        <v>43893</v>
+      </c>
+      <c r="V60" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений підрозділ "Лубенський верстатобудівний завод" Акціонерного товариства «Мотор Січ»</t>
+          <t>УЧБОВО-КУРСОВИЙ КОМБІНАТ</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>4275</v>
-[...3 lines deleted...]
-      </c>
+        <v>4265</v>
+      </c>
+      <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>ВП ЛВЗ АТ "Мотор Січ"</t>
+          <t>УКК</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
-        <v>2011</v>
+        <v>1994</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J61" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J61" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>37500</t>
+          <t>39605</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA53040030010081016</t>
+          <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
-          <t>м. Лубни</t>
+          <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. Верстатобудівників, 19/12</t>
+          <t>вул. Гоголя, 12/21</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>+38(053)-617-39-21</t>
+          <t>+053(66)-340-10</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>osvita.lsz@motorsich.com</t>
+          <t>dp_ykk@ukr.net</t>
         </is>
       </c>
       <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Штанкевич Володимир Сергійович</t>
+          <t>Лисенко Ніна Іванівна</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Лубенський професійний ліцей</t>
+          <t>Відокремлений підрозділ "Лубенський верстатобудівний завод" Акціонерного товариства «Мотор Січ»</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>1893</v>
-[...1 lines deleted...]
-      <c r="C62" s="6"/>
+        <v>4275</v>
+      </c>
+      <c r="C62" s="6" t="n">
+        <v>4278</v>
+      </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>Лубенський професійний ліцей</t>
+          <t>ВП ЛВЗ АТ "Мотор Січ"</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J62" s="5"/>
       <c r="K62" s="7" t="inlineStr">
         <is>
           <t>37500</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
           <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Лубни</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Інститутська, 3</t>
+          <t>вул. Верстатобудівників, 19/12</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>(05361)70858</t>
+          <t>+38(053)-617-39-21</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>reception_lpl@ukr.net</t>
+          <t>osvita.lsz@motorsich.com</t>
         </is>
       </c>
       <c r="R62" s="5"/>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Денисенко Юрій Борисович</t>
+          <t>Штанкевич Володимир Сергійович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад громадського об'єднання "Лубенський міський спортивно-технічний клуб товариства сприяння обороні України"</t>
+          <t>Лубенський професійний ліцей</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>7192</v>
+        <v>1893</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>НЗ ГО "Лубенський МСТК ТСО України"</t>
+          <t>Лубенський професійний ліцей</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J63" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J63" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K63" s="7" t="inlineStr">
         <is>
           <t>37500</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
           <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
           <t>м. Лубни</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Радянська, 159</t>
+          <t>вул. Інститутська, 3</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>(066)371-95-71</t>
+          <t>(05361)70858</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>lubny.mstk.tsou@ukr.net</t>
+          <t>reception_lpl@ukr.net</t>
         </is>
       </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Даценко Валерій Миколайович</t>
+          <t>Денисенко Юрій Борисович</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Миргородський міський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Навчальний заклад громадського об'єднання "Лубенський міський спортивно-технічний клуб товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>7149</v>
+        <v>7192</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>Миргоровський МСТК ТСОУ</t>
+          <t>НЗ ГО "Лубенський МСТК ТСО України"</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
       <c r="G64" s="6" t="n">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J64" s="5"/>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>37602</t>
+          <t>37500</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA53060230010027681</t>
+          <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
-          <t>м. Миргород</t>
+          <t>м. Лубни</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Ведмедівка, 22</t>
+          <t>вул. Радянська, 159</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>(095)791-18-47</t>
+          <t>(066)371-95-71</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>mirgorod.mstk.tsou@gmail.com</t>
+          <t>lubny.mstk.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Крикливий Ігор Анатолійович</t>
+          <t>Даценко Валерій Миколайович</t>
         </is>
       </c>
       <c r="U64" s="8"/>
       <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "БІЗАРТ"</t>
+          <t>Миргородський міський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>3723</v>
+        <v>7149</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>ПП "БІЗАРТ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Миргоровський МСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E65" s="5"/>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>37600</t>
+          <t>37602</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
           <t>UA53060230010027681</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
           <t>м. Миргород</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 7</t>
+          <t>вул. Ведмедівка, 22</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>053 555 70 17</t>
+          <t>(095)791-18-47</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>shumeyko.bizart@gmail.com</t>
+          <t>mirgorod.mstk.tsou@gmail.com</t>
         </is>
       </c>
       <c r="R65" s="5"/>
       <c r="S65" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Український Сергій Володимирович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Крикливий Ігор Анатолійович</t>
+        </is>
+      </c>
+      <c r="U65" s="8"/>
+      <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище №44 м.Миргорода</t>
+          <t>Приватне підприємство "БІЗАРТ"</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>2149</v>
+        <v>3723</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>ПТУ №44 м.Миргорода</t>
-[...2 lines deleted...]
-      <c r="E66" s="5"/>
+          <t>ПП "БІЗАРТ"</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>Private enterprise "BIZART"</t>
+        </is>
+      </c>
       <c r="F66" s="7"/>
       <c r="G66" s="6" t="n">
-        <v>1946</v>
+        <v>2000</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J66" s="5"/>
       <c r="K66" s="7" t="inlineStr">
         <is>
           <t>37600</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
           <t>UA53060230010027681</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
           <t>м. Миргород</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Козацька, 26</t>
+          <t>вул. Незалежності, 7</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>(05355) 4-62-94</t>
+          <t>053 555 70 17</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>ptu44mirg@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>shumeyko.bizart@gmail.com</t>
+        </is>
+      </c>
+      <c r="R66" s="5"/>
       <c r="S66" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Іванченко Анатолій Віталійович</t>
-[...3 lines deleted...]
-      <c r="V66" s="5"/>
+          <t>Український Сергій Володимирович</t>
+        </is>
+      </c>
+      <c r="U66" s="8" t="n">
+        <v>43741</v>
+      </c>
+      <c r="V66" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Решетилівський професійний аграрний ліцей імені І.Г. Боровенського"</t>
+          <t>Професійно-технічне училище №44 м.Миргорода</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>1903</v>
+        <v>2149</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Решетилівський ПАЛ імені І.Г. Боровенського"</t>
+          <t>ПТУ №44 м.Миргорода</t>
         </is>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="7"/>
       <c r="G67" s="6" t="n">
-        <v>1986</v>
+        <v>1946</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>38400</t>
+          <t>37600</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA53080390010041197</t>
+          <t>UA53060230010027681</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
-          <t>м. Решетилівка</t>
+          <t>м. Миргород</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Покровська, 81</t>
+          <t>вул. Козацька, 26</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>(05363)2-36-87; 2-30-31</t>
+          <t>(05355) 4-62-94</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>ral52@ukr.net</t>
+          <t>ptu44mirg@gmail.com</t>
         </is>
       </c>
       <c r="R67" s="5" t="inlineStr">
         <is>
-          <t>https://rpal.com.ua/</t>
+          <t>ptu44.com</t>
         </is>
       </c>
       <c r="S67" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Спільна Ніла Петрівна</t>
+          <t>Іванченко Анатолій Віталійович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Михайликівський навчально-виховний комплекс "загальноосвітній навчальний заклад І-ІІІ ступенів - дошкільний навчальний заклад" Шишацької селищної ради Полтавської області</t>
+          <t>Державний навчальний заклад "Решетилівський професійний аграрний ліцей імені І.Г. Боровенського"</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>6823</v>
+        <v>1903</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>Михайликівський НВК</t>
+          <t>ДНЗ "Решетилівський ПАЛ імені І.Г. Боровенського"</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>2017</v>
+        <v>1986</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...2 lines deleted...]
-      <c r="J68" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J68" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>38013</t>
+          <t>38400</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA53060330380053592</t>
+          <t>UA53080390010041197</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
-          <t>с. Михайлики</t>
+          <t>м. Решетилівка</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Гагаріна, 16</t>
+          <t>вул. Покровська, 81</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>(050)622-30-78</t>
+          <t>(05363)2-36-87; 2-30-31</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>muhayl@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R68" s="5"/>
+          <t>ral52@ukr.net</t>
+        </is>
+      </c>
+      <c r="R68" s="5" t="inlineStr">
+        <is>
+          <t>https://rpal.com.ua/</t>
+        </is>
+      </c>
       <c r="S68" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Веклич Володимир Григорович</t>
+          <t>Спільна Ніла Петрівна</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Решетилівський художній професійний ліцей</t>
+          <t>Михайликівський навчально-виховний комплекс "загальноосвітній навчальний заклад І-ІІІ ступенів - дошкільний навчальний заклад" Шишацької селищної ради Полтавської області</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>1934</v>
+        <v>6823</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>Решетилівський ХПЛ</t>
+          <t>Михайликівський НВК</t>
         </is>
       </c>
       <c r="E69" s="5"/>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>1937</v>
+        <v>2017</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J69" s="5"/>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>38400</t>
+          <t>38013</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA53080390010041197</t>
+          <t>UA53060330380053592</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
-          <t>м. Решетилівка</t>
+          <t>с. Михайлики</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>вул. Покровська, 61</t>
+          <t>вул. Гагаріна, 16</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>0631092179</t>
+          <t>(050)622-30-78</t>
         </is>
       </c>
       <c r="Q69" s="5" t="inlineStr">
         <is>
-          <t>resh-hud-licey@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>muhayl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Бігун Наталія Вікторівна</t>
+          <t>Веклич Володимир Григорович</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Божковський навчальний центр №16</t>
+          <t>Решетилівський художній професійний ліцей</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>2537</v>
+        <v>1934</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>БНЦ №16</t>
+          <t>Решетилівський ХПЛ</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>2004</v>
+        <v>1937</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>38734</t>
+          <t>38400</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA53080330040052782</t>
+          <t>UA53080390010041197</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>с. Божківське</t>
+          <t>м. Решетилівка</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. -,</t>
+          <t>вул. Покровська, 61</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>554502; 550611;</t>
-[...3 lines deleted...]
-      <c r="R70" s="5"/>
+          <t>0631092179</t>
+        </is>
+      </c>
+      <c r="Q70" s="5" t="inlineStr">
+        <is>
+          <t>resh-hud-licey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R70" s="5" t="inlineStr">
+        <is>
+          <t>rhpl.org.ua</t>
+        </is>
+      </c>
       <c r="S70" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Волошин Олександр Сергійович</t>
+          <t>Бігун Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Надержинщинський навчальний центр №65</t>
+          <t>Божковський навчальний центр №16</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>2529</v>
+        <v>2537</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>ННЦ №65</t>
+          <t>БНЦ №16</t>
         </is>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="7"/>
       <c r="G71" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
           <t>38734</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
           <t>UA53080330040052782</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>с. Божківське</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Паркова, 12</t>
+          <t>вул. -,</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>+38(095)-305-46-81;</t>
+          <t>554502; 550611;</t>
         </is>
       </c>
       <c r="Q71" s="5"/>
       <c r="R71" s="5"/>
       <c r="S71" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Якібчук Наталія Олексіївна</t>
+          <t>Волошин Олександр Сергійович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад громадського об`єднання "Великобагачанський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>Надержинщинський навчальний центр №65</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>4681</v>
+        <v>2529</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>НЗ ГО "Великобагачанський РСТК ТСО України"</t>
+          <t>ННЦ №65</t>
         </is>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="7"/>
       <c r="G72" s="6" t="n">
-        <v>1997</v>
+        <v>2004</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J72" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>38300</t>
+          <t>38734</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA53060030010018743</t>
+          <t>UA53080330040052782</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
-          <t>с-ще Велика Багачка</t>
+          <t>с. Божківське</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 58 А</t>
+          <t>вул. Паркова, 12</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>(05345) 9 13 31</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(095)-305-46-81;</t>
+        </is>
+      </c>
+      <c r="Q72" s="5"/>
       <c r="R72" s="5"/>
       <c r="S72" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Бандур Анатолій Володимирович</t>
+          <t>Якібчук Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Великобудищанський ліцей Великобудищанської сільської ради Полтавської області</t>
+          <t>Навчальний заклад громадського об`єднання "Великобагачанський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>4120</v>
+        <v>4681</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>Великобудищанський ліцей</t>
-[...6 lines deleted...]
-      </c>
+          <t>НЗ ГО "Великобагачанський РСТК ТСО України"</t>
+        </is>
+      </c>
+      <c r="E73" s="5"/>
       <c r="F73" s="7"/>
       <c r="G73" s="6" t="n">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J73" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>37320</t>
+          <t>38300</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
-          <t>UA53060050010086967</t>
+          <t>UA53060030010018743</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
-          <t>с. Великі Будища</t>
+          <t>с-ще Велика Багачка</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 32</t>
+          <t>вул. Шевченка, 58 А</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>+053(54)-56-1-51</t>
+          <t>+38(066)-332-91-43;</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>v-budithansjka-shkol@meta.ua</t>
+          <t>v-bagachka.stk.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R73" s="5"/>
       <c r="S73" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T73" s="5" t="inlineStr">
         <is>
-          <t>Геращенко Олександр Вікторович</t>
+          <t>Бандур Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U73" s="8"/>
       <c r="V73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Опорний заклад "Гоголівський ліцей виконавчого комітету Гоголівської селищної ради"</t>
+          <t>Великобудищанський ліцей Великобудищанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>6866</v>
+        <v>4120</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>Опорний заклад "Гоголівський ліцей"</t>
+          <t>Великобудищанський ліцей</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
-          <t>Support institution "Hogoleve Lyceum of the Executive Committee of the Hogoleve Village Council"</t>
+          <t>Velykobudyshchanskyi lyceum of Velyki Budyshcha village council of Poltava region</t>
         </is>
       </c>
       <c r="F74" s="7"/>
-      <c r="G74" s="6"/>
+      <c r="G74" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J74" s="5"/>
+      <c r="J74" s="5" t="inlineStr">
+        <is>
+          <t>Районна рада</t>
+        </is>
+      </c>
       <c r="K74" s="7" t="inlineStr">
         <is>
-          <t>38310</t>
+          <t>37320</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
-          <t>UA53060110010031598</t>
+          <t>UA53060050010086967</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
-          <t>с-ще Гоголеве</t>
+          <t>с. Великі Будища</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. С.Горєва, 12</t>
+          <t>вул. Миру, 32</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>(095)627-16-39</t>
+          <t>+053(54)-56-1-51</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>gog-school@ukr.net</t>
+          <t>v-budithansjka-shkol@meta.ua</t>
         </is>
       </c>
       <c r="R74" s="5"/>
       <c r="S74" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T74" s="5" t="inlineStr">
         <is>
-          <t>Лисенко Світлана Олексіївна</t>
+          <t>Геращенко Олександр Вікторович</t>
         </is>
       </c>
       <c r="U74" s="8"/>
       <c r="V74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНИЙ ЗАКЛАД ГРОМАДСЬКОГО ОБ'ЄДНАННЯ "ГРЕБІНКІВСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Опорний заклад "Гоголівський ліцей виконавчого комітету Гоголівської селищної ради"</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>7216</v>
+        <v>6866</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>НЗ ГО "ГРЕБІНКІВСЬКА АВТОМОБІЛЬНА ШКОЛА ТСО УКРАЇНИ"</t>
-[...2 lines deleted...]
-      <c r="E75" s="5"/>
+          <t>Опорний заклад "Гоголівський ліцей"</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>Support institution "Hogoleve Lyceum of the Executive Committee of the Hogoleve Village Council"</t>
+        </is>
+      </c>
       <c r="F75" s="7"/>
-      <c r="G75" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G75" s="6"/>
       <c r="H75" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="7" t="inlineStr">
         <is>
-          <t>37400</t>
+          <t>38310</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
-          <t>UA53040010010092378</t>
+          <t>UA53060110010031598</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
-          <t>м. Гребінка</t>
+          <t>с-ще Гоголеве</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>вул. Магістральна, 44</t>
+          <t>вул. С.Горєва, 12</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>(066)217-30-70</t>
+          <t>(095)627-16-39</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>grebinka.ash.tsou@ukr.net</t>
+          <t>gog-school@ukr.net</t>
         </is>
       </c>
       <c r="R75" s="5"/>
       <c r="S75" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>ПЕДОРЯКА ЮРІЙ ВІКТОРОВИЧ</t>
+          <t>Лисенко Світлана Олексіївна</t>
         </is>
       </c>
       <c r="U75" s="8"/>
       <c r="V75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Диканський міжшкільний навчально-виробничий комбінат</t>
+          <t>НАВЧАЛЬНИЙ ЗАКЛАД ГРОМАДСЬКОГО ОБ'ЄДНАННЯ "ГРЕБІНКІВСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>3330</v>
+        <v>7216</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>Диканський МНВК</t>
+          <t>НЗ ГО "ГРЕБІНКІВСЬКА АВТОМОБІЛЬНА ШКОЛА ТСО УКРАЇНИ"</t>
         </is>
       </c>
       <c r="E76" s="5"/>
       <c r="F76" s="7"/>
       <c r="G76" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J76" s="5"/>
       <c r="K76" s="7" t="inlineStr">
         <is>
-          <t>38500</t>
+          <t>37400</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
-          <t>UA53080050010011580</t>
+          <t>UA53040010010092378</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
-          <t>с-ще Диканька</t>
+          <t>м. Гребінка</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 117</t>
+          <t>вул. Магістральна, 44</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>91545;</t>
-[...2 lines deleted...]
-      <c r="Q76" s="5"/>
+          <t>(066)217-30-70</t>
+        </is>
+      </c>
+      <c r="Q76" s="5" t="inlineStr">
+        <is>
+          <t>grebinka.ash.tsou@ukr.net</t>
+        </is>
+      </c>
       <c r="R76" s="5"/>
       <c r="S76" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Кібальник Анатолій Володимирович</t>
+          <t>ПЕДОРЯКА ЮРІЙ ВІКТОРОВИЧ</t>
         </is>
       </c>
       <c r="U76" s="8"/>
       <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Червонозаводська філія №3 Закладку об`єднання громадян "Полтавська обласна автомобільна школа Всеукраїнської спілки автомобілістів"</t>
+          <t>Диканський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>4388</v>
-[...3 lines deleted...]
-      </c>
+        <v>3330</v>
+      </c>
+      <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Диканський МНВК</t>
         </is>
       </c>
       <c r="E77" s="5"/>
       <c r="F77" s="7"/>
       <c r="G77" s="6" t="n">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J77" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J77" s="5" t="inlineStr">
+        <is>
+          <t>Районна рада</t>
+        </is>
+      </c>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>37240</t>
+          <t>38500</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA53060130010028447</t>
+          <t>UA53080050010011580</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
-          <t>м. Заводське</t>
+          <t>с-ще Диканька</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>вул. Матросова, 24</t>
+          <t>вул. Незалежності, 117</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>0532 56 58 29</t>
-[...6 lines deleted...]
-      </c>
+          <t>91545;</t>
+        </is>
+      </c>
+      <c r="Q77" s="5"/>
       <c r="R77" s="5"/>
       <c r="S77" s="5" t="inlineStr">
         <is>
-          <t>Керівник філії</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Котов Павло Дмитрович</t>
+          <t>Кібальник Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад об`єднання громадян "Зіньківський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>Червонозаводська філія №3 Закладку об`єднання громадян "Полтавська обласна автомобільна школа Всеукраїнської спілки автомобілістів"</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>4401</v>
-[...1 lines deleted...]
-      <c r="C78" s="6"/>
+        <v>4388</v>
+      </c>
+      <c r="C78" s="6" t="n">
+        <v>4387</v>
+      </c>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>НЗОГ "ЗІНЬКІВСЬКИЙ РАЙОННИЙ СТК ТСО УКРАЇНИ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E78" s="5"/>
       <c r="F78" s="7"/>
-      <c r="G78" s="6"/>
+      <c r="G78" s="6" t="n">
+        <v>2014</v>
+      </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="7" t="inlineStr">
         <is>
-          <t>38100</t>
+          <t>37240</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
-          <t>UA53080090010093569</t>
+          <t>UA53060130010028447</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
-          <t>м. Зіньків</t>
+          <t>м. Заводське</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв України, 23-А</t>
+          <t>вул. Матросова, 24</t>
         </is>
       </c>
       <c r="P78" s="5" t="inlineStr">
         <is>
-          <t>+38(099)-041-47-29;</t>
+          <t>0532 56 58 29</t>
         </is>
       </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>zinkiv.stk.tsou@ukr.net</t>
+          <t>avto-vsa@ukr.net</t>
         </is>
       </c>
       <c r="R78" s="5"/>
       <c r="S78" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник філії</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Бойко Олена Вікторівна</t>
+          <t>Котов Павло Дмитрович</t>
         </is>
       </c>
       <c r="U78" s="8"/>
       <c r="V78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>РЕГІОНАЛЬНИЙ ЦЕНТР ПРОФЕСІЙНО-ТЕХНІЧНОЇ ОСВІТИ М. ЗІНЬКІВ</t>
+          <t>Навчальний заклад об`єднання громадян "Зіньківський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>2185</v>
+        <v>4401</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО М. ЗІНЬКІВ</t>
+          <t>НЗОГ "ЗІНЬКІВСЬКИЙ РАЙОННИЙ СТК ТСО УКРАЇНИ"</t>
         </is>
       </c>
       <c r="E79" s="5"/>
       <c r="F79" s="7"/>
-      <c r="G79" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G79" s="6"/>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J79" s="5"/>
       <c r="K79" s="7" t="inlineStr">
         <is>
           <t>38100</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
           <t>UA53080090010093569</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
           <t>м. Зіньків</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>вул. Воздвиженська, 82</t>
+          <t>вул. Героїв України, 23-А</t>
         </is>
       </c>
       <c r="P79" s="5" t="inlineStr">
         <is>
-          <t>053 53 3 10 87</t>
+          <t>+38(099)-041-47-29;</t>
         </is>
       </c>
       <c r="Q79" s="5" t="inlineStr">
         <is>
-          <t>ptu_25@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>zinkiv.stk.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R79" s="5"/>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T79" s="5" t="inlineStr">
         <is>
-          <t>Ковальов Максим Євгенійович</t>
+          <t>Бойко Олена Вікторівна</t>
         </is>
       </c>
       <c r="U79" s="8"/>
       <c r="V79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>Філія Навчального закладу об'єднання громадян "Зіньківський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>РЕГІОНАЛЬНИЙ ЦЕНТР ПРОФЕСІЙНО-ТЕХНІЧНОЇ ОСВІТИ М. ЗІНЬКІВ</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>6497</v>
-[...3 lines deleted...]
-      </c>
+        <v>2185</v>
+      </c>
+      <c r="C80" s="6"/>
       <c r="D80" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>РЦПТО М. ЗІНЬКІВ</t>
         </is>
       </c>
       <c r="E80" s="5"/>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
-        <v>2021</v>
+        <v>1944</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J80" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J80" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K80" s="7" t="inlineStr">
         <is>
           <t>38100</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
           <t>UA53080090010093569</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>м. Зіньків</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Польова, 10</t>
+          <t>вул. Воздвиженська, 82</t>
         </is>
       </c>
       <c r="P80" s="5" t="inlineStr">
         <is>
-          <t>(099)041-47-29</t>
+          <t>053 53 3 10 87</t>
         </is>
       </c>
       <c r="Q80" s="5" t="inlineStr">
         <is>
-          <t>zinkiv.stk.tsou@ukr.net</t>
+          <t>ptu_25@i.ua</t>
         </is>
       </c>
       <c r="R80" s="5" t="inlineStr">
         <is>
-          <t>https://auto-tsou.com/avtoshkola/zinkiv</t>
+          <t>https://zrcpto.com</t>
         </is>
       </c>
       <c r="S80" s="5" t="inlineStr">
         <is>
-          <t>Керуючий Філії Навчального закладу</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
-          <t>Соць Дмитро Григорович</t>
+          <t>Ковальов Максим Євгенійович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Карлівська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Філія Навчального закладу об'єднання громадян "Зіньківський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>4551</v>
-[...1 lines deleted...]
-      <c r="C81" s="6"/>
+        <v>6497</v>
+      </c>
+      <c r="C81" s="6" t="n">
+        <v>4401</v>
+      </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>Карлівська АШ ТСО України</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E81" s="5"/>
       <c r="F81" s="7"/>
       <c r="G81" s="6" t="n">
-        <v>1993</v>
+        <v>2021</v>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J81" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J81" s="5"/>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>39500</t>
+          <t>38100</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA53080110010062221</t>
+          <t>UA53080090010093569</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
-          <t>м. Карлівка</t>
+          <t>м. Зіньків</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>вул. Радевича, 3/2</t>
+          <t>вул. Польова, 10</t>
         </is>
       </c>
       <c r="P81" s="5" t="inlineStr">
         <is>
-          <t>(05346) 2 20 09</t>
+          <t>+38(095)-857-33-80;</t>
         </is>
       </c>
       <c r="Q81" s="5" t="inlineStr">
         <is>
-          <t>karlivka.ash.tsou@ukr.net</t>
+          <t>zinkiv.stk.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R81" s="5"/>
       <c r="S81" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керуючий Філії Навчального закладу</t>
         </is>
       </c>
       <c r="T81" s="5" t="inlineStr">
         <is>
-          <t>Іщенко Юрій Олександрович</t>
+          <t>Соць Дмитро Григорович</t>
         </is>
       </c>
       <c r="U81" s="8"/>
       <c r="V81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>ПРОФЕСІЙНО-ТЕХНІЧНЕ УЧИЛИЩЕ № 50 М. КАРЛІВКА</t>
+          <t>Карлівська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>1890</v>
+        <v>4551</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>ПТУ № 50 М. КАРЛІВКА</t>
+          <t>Карлівська АШ ТСО України</t>
         </is>
       </c>
       <c r="E82" s="5"/>
       <c r="F82" s="7"/>
       <c r="G82" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J82" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K82" s="7" t="inlineStr">
         <is>
           <t>39500</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
           <t>UA53080110010062221</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
           <t>м. Карлівка</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>вул. Радевича, 20</t>
+          <t>вул. Радевича, 3/2</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>+38(053)-462-24-71;</t>
+          <t>(05346) 2 20 09</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>karptu50@ukr.net</t>
+          <t>karlivka.ash.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R82" s="5"/>
       <c r="S82" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Іщенко Ігор Миколайович</t>
+          <t>Іщенко Юрій Олександрович</t>
         </is>
       </c>
       <c r="U82" s="8"/>
       <c r="V82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Професійний аграрний ліцей" м. Кобеляки</t>
+          <t>ПРОФЕСІЙНО-ТЕХНІЧНЕ УЧИЛИЩЕ № 50 М. КАРЛІВКА</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>2408</v>
+        <v>1890</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Професійний аграрний ліцей" м. Кобеляки</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПТУ № 50 М. КАРЛІВКА</t>
+        </is>
+      </c>
+      <c r="E83" s="5"/>
       <c r="F83" s="7"/>
       <c r="G83" s="6" t="n">
-        <v>1954</v>
+        <v>2000</v>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J83" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K83" s="7" t="inlineStr">
         <is>
-          <t>39200</t>
+          <t>39500</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
-          <t>UA53080130010037756</t>
+          <t>UA53080110010062221</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
-          <t>м. Кобеляки</t>
+          <t>м. Карлівка</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>вул. Покровська, 52</t>
+          <t>вул. Радевича, 20</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>053 433 11 92</t>
+          <t>+38(053)-462-24-71;</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>pal.kobelyaky@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>karptu50@ukr.net</t>
+        </is>
+      </c>
+      <c r="R83" s="5"/>
       <c r="S83" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Шевченко Таміла Вячеславівна</t>
+          <t>Іщенко Ігор Миколайович</t>
         </is>
       </c>
       <c r="U83" s="8"/>
       <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>Козельщинський міжшкільний навчально-виробничий комбінат</t>
+          <t>Державний професійно-технічний навчальний заклад "Професійний аграрний ліцей" м. Кобеляки</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>3134</v>
+        <v>2408</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>МНВК</t>
-[...2 lines deleted...]
-      <c r="E84" s="5"/>
+          <t>ДПТНЗ "Професійний аграрний ліцей" м. Кобеляки</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>State vocational educational establishment Kobelyky "Professional agrarian lyceum"</t>
+        </is>
+      </c>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
-        <v>2000</v>
+        <v>1954</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J84" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>39100</t>
+          <t>39200</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA53020090010035873</t>
+          <t>UA53080130010037756</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
-          <t>с-ще Козельщина</t>
+          <t>м. Кобеляки</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>вул. Степна, 3</t>
+          <t>вул. Покровська, 52</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>05342 314 94</t>
+          <t>053 433 11 92</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>osvita.kozelthina@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R84" s="5"/>
+          <t>pal.kobelyaky@ukr.net</t>
+        </is>
+      </c>
+      <c r="R84" s="5" t="inlineStr">
+        <is>
+          <t>https://pal-kobelyaki.pl.ua/</t>
+        </is>
+      </c>
       <c r="S84" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Лобач Людмила Панасівна</t>
+          <t>Шевченко Таміла Вячеславівна</t>
         </is>
       </c>
       <c r="U84" s="8"/>
       <c r="V84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище № 54 смт Котельва Полтавської області</t>
+          <t>Козельщинський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>2108</v>
+        <v>3134</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>ПТУ № 54 смт Котельва</t>
+          <t>МНВК</t>
         </is>
       </c>
       <c r="E85" s="5"/>
       <c r="F85" s="7"/>
       <c r="G85" s="6" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J85" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K85" s="7" t="inlineStr">
         <is>
-          <t>38600</t>
+          <t>39100</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
-          <t>UA53080170010073464</t>
+          <t>UA53020090010035873</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
-          <t>с-ще Котельва</t>
+          <t>с-ще Козельщина</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. Островського, 9</t>
+          <t>вул. Степна, 3</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>05350 21 805</t>
+          <t>05342 314 94</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>kotelva.ptu54@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>osvita.kozelthina@gmail.com</t>
+        </is>
+      </c>
+      <c r="R85" s="5"/>
       <c r="S85" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов’язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T85" s="5" t="inlineStr">
         <is>
-          <t>Гнилосир Іван Васильович</t>
+          <t>Лобач Людмила Панасівна</t>
         </is>
       </c>
       <c r="U85" s="8"/>
       <c r="V85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище № 46 с. Лазірки Оржицького району Полтавської області</t>
+          <t>Професійно-технічне училище № 54 смт Котельва Полтавської області</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>1938</v>
+        <v>2108</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>ПТУ №46 с. Лазірки</t>
+          <t>ПТУ № 54 смт Котельва</t>
         </is>
       </c>
       <c r="E86" s="5"/>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>1963</v>
+        <v>1991</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J86" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>37710</t>
+          <t>38600</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA53040050170087835</t>
+          <t>UA53080170010073464</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
-          <t>с. Лазірки</t>
+          <t>с-ще Котельва</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 30</t>
+          <t>вул. Островського, 9</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>05357 9 43 36 , 9 42 55</t>
+          <t>2-18-05;</t>
         </is>
       </c>
       <c r="Q86" s="5" t="inlineStr">
         <is>
-          <t>sptu_46@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kotel.ptv54@poltava.ukrtel.net</t>
+        </is>
+      </c>
+      <c r="R86" s="5"/>
       <c r="S86" s="5" t="inlineStr">
         <is>
-          <t>директор училища</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Сергієнко Анатолій Дмитрович</t>
+          <t>Гнилосир Іван Васильович</t>
         </is>
       </c>
       <c r="U86" s="8"/>
       <c r="V86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>Лохвицький спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Професійно-технічне училище № 46 с. Лазірки Оржицького району Полтавської області</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>4130</v>
+        <v>1938</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>Лохвицький СТК ТСО України</t>
+          <t>ПТУ №46 с. Лазірки</t>
         </is>
       </c>
       <c r="E87" s="5"/>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>1997</v>
+        <v>1963</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J87" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K87" s="7" t="inlineStr">
         <is>
-          <t>37200</t>
+          <t>37710</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
-          <t>UA53060190010016735</t>
+          <t>UA53040050170087835</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
-          <t>м. Лохвиця</t>
+          <t>с. Лазірки</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>вул. Покровська, 13</t>
+          <t>вул. Центральна, 30</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>05356 3 16 85</t>
+          <t>05357 9 43 36 , 9 42 55</t>
         </is>
       </c>
       <c r="Q87" s="5" t="inlineStr">
         <is>
-          <t>lohvycya.stk.tsou@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R87" s="5"/>
+          <t>sptu_46@ukr.net</t>
+        </is>
+      </c>
+      <c r="R87" s="5" t="inlineStr">
+        <is>
+          <t>http://www.ptu46lazirky.com.ua/</t>
+        </is>
+      </c>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор училища</t>
         </is>
       </c>
       <c r="T87" s="5" t="inlineStr">
         <is>
-          <t>Ященко Микола Іванович</t>
+          <t>Сергієнко Анатолій Дмитрович</t>
         </is>
       </c>
       <c r="U87" s="8"/>
       <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>Маячківський заклад загальної середньої освіти І-ІІІ ступенів імені академіків Левицьких Нехворощанської сільської ради Полтавської області</t>
+          <t>Лохвицький спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>4109</v>
+        <v>4130</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>Маячківський ЗЗСО І-ІІІ ступенів</t>
+          <t>Лохвицький СТК ТСО України</t>
         </is>
       </c>
       <c r="E88" s="5"/>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J88" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>39362</t>
+          <t>37200</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
-          <t>UA53080290060053160</t>
+          <t>UA53060190010016735</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
-          <t>с. Маячка</t>
+          <t>м. Лохвиця</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
-          <t>вул. Локшина, 2</t>
+          <t>вул. Покровська, 13</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>+053(44)-310-43</t>
+          <t>05356 3 16 85</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>majachka64@ukr.net</t>
+          <t>lohvycya.stk.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R88" s="5"/>
       <c r="S88" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
-          <t>Маслей Василь Васильович</t>
+          <t>Ященко Микола Іванович</t>
         </is>
       </c>
       <c r="U88" s="8"/>
       <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>Семенівський міжшкільний навчально-виробничий комбінат</t>
+          <t>Маячківський заклад загальної середньої освіти І-ІІІ ступенів імені академіків Левицьких Нехворощанської сільської ради Полтавської області</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>3059</v>
+        <v>4109</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>Семенівський МНВК</t>
+          <t>Маячківський ЗЗСО І-ІІІ ступенів</t>
         </is>
       </c>
       <c r="E89" s="5"/>
       <c r="F89" s="7"/>
       <c r="G89" s="6" t="n">
-        <v>1981</v>
+        <v>2002</v>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J89" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти, сім`ї, молоді та спорту Семенівської селищної ради Полтавської області</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K89" s="7" t="inlineStr">
         <is>
-          <t>38200</t>
+          <t>39362</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
-          <t>UA53020230010086475</t>
+          <t>UA53080290060053160</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
-          <t>с-ще Семенівка</t>
+          <t>с. Маячка</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Мирна, 2-Б</t>
+          <t>вул. Локшина, 2</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>05341 924 30</t>
+          <t>+053(44)-310-43</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>s_mnvk@i.ua</t>
+          <t>majachka64@ukr.net</t>
         </is>
       </c>
       <c r="R89" s="5"/>
       <c r="S89" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Сізьоненко Геннадій Валентинович</t>
+          <t>Маслей Василь Васильович</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Ставківський опорний навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" Зіньківської міської ради Полтавської області</t>
+          <t>Семенівський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>3586</v>
+        <v>3059</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>Ставківський НВК</t>
-[...6 lines deleted...]
-      </c>
+          <t>Семенівський МНВК</t>
+        </is>
+      </c>
+      <c r="E90" s="5"/>
       <c r="F90" s="7"/>
       <c r="G90" s="6" t="n">
-        <v>2000</v>
+        <v>1981</v>
       </c>
       <c r="H90" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J90" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Відділ освіти, сім`ї, молоді та спорту Семенівської селищної ради Полтавської області</t>
         </is>
       </c>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>38152</t>
+          <t>38200</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
-          <t>UA53080090650092531</t>
+          <t>UA53020230010086475</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
-          <t>с. Ставкове</t>
+          <t>с-ще Семенівка</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. Шкільна, 4</t>
+          <t>вул. Мирна, 2-Б</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>053 539 85 29</t>
+          <t>05341 924 30</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>stavkove.skhol@gmail.com</t>
+          <t>s_mnvk@i.ua</t>
         </is>
       </c>
       <c r="R90" s="5"/>
       <c r="S90" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов'язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Мандрика Володимир Володимирович</t>
+          <t>Сізьоненко Геннадій Валентинович</t>
         </is>
       </c>
       <c r="U90" s="8"/>
       <c r="V90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>Міжрегіональний центр професійної перепідготовки звільнених у запас військовослужбовців м. Хорол Полтавської області</t>
+          <t>Ставківський опорний навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад" Зіньківської міської ради Полтавської області</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>1906</v>
+        <v>3586</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>МЦППЗЗВ</t>
+          <t>Ставківський НВК</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
-          <t>Iinterregional Centre of retired in military reserve Khorol toron Poltava region</t>
+          <t>Stavkivskyi supporting educational and educational complex "General education school of I-III degrees - preschool educational institution" of Zinkivskyi city council of Poltava region</t>
         </is>
       </c>
       <c r="F91" s="7"/>
       <c r="G91" s="6" t="n">
-        <v>1950</v>
+        <v>2000</v>
       </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J91" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>37800</t>
+          <t>38152</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
-          <t>UA53040110010080324</t>
+          <t>UA53080090650092531</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
-          <t>м. Хорол</t>
+          <t>с. Ставкове</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Небесної сотні, 38/1</t>
+          <t>вул. Шкільна, 4</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>(05362)33-55-7</t>
+          <t>053 539 85 29</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
-          <t>hmcppzvv@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>stavkove.skhol@gmail.com</t>
+        </is>
+      </c>
+      <c r="R91" s="5"/>
       <c r="S91" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов'язків директора</t>
         </is>
       </c>
       <c r="T91" s="5" t="inlineStr">
         <is>
-          <t>Мокрій Раїса Михайлівна</t>
-[...3 lines deleted...]
-      <c r="V91" s="5"/>
+          <t>Мандрика Володимир Володимирович</t>
+        </is>
+      </c>
+      <c r="U91" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V91" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>Опорний заклад "Хорольська гімназія Хорольської міської ради Лубенського району Полтавської області"</t>
+          <t>Міжрегіональний центр професійної перепідготовки звільнених у запас військовослужбовців м. Хорол Полтавської області</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>3982</v>
+        <v>1906</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>ОЗ "Хорольська гімназія"</t>
-[...2 lines deleted...]
-      <c r="E92" s="5"/>
+          <t>МЦППЗЗВ</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>Iinterregional Centre of retired in military reserve Khorol toron Poltava region</t>
+        </is>
+      </c>
       <c r="F92" s="7"/>
       <c r="G92" s="6" t="n">
-        <v>2002</v>
+        <v>1950</v>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J92" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K92" s="7" t="inlineStr">
         <is>
           <t>37800</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
           <t>UA53040110010080324</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
           <t>м. Хорол</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. Небесної Сотні, 33</t>
+          <t>вул. Небесної сотні, 38/1</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>+053(62)-332-76</t>
+          <t>(05362)33-55-7</t>
         </is>
       </c>
       <c r="Q92" s="5" t="inlineStr">
         <is>
-          <t>horol-gim@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R92" s="5"/>
+          <t>hmcppzvv@ukr.net</t>
+        </is>
+      </c>
+      <c r="R92" s="5" t="inlineStr">
+        <is>
+          <t>http://hmc.khorol.com.ua</t>
+        </is>
+      </c>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T92" s="5" t="inlineStr">
         <is>
-          <t>Копайгора Микола Миколайович</t>
+          <t>Мокрій Раїса Михайлівна</t>
         </is>
       </c>
       <c r="U92" s="8"/>
       <c r="V92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Чутівське професійно-технічне училище № 55</t>
+          <t>Опорний заклад "Хорольська гімназія Хорольської міської ради Лубенського району Полтавської області"</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>1905</v>
+        <v>3982</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>Чутівське ПТУ-55</t>
+          <t>ОЗ "Хорольська гімназія"</t>
         </is>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
-        <v>1992</v>
+        <v>2002</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J93" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K93" s="7" t="inlineStr">
         <is>
-          <t>38800</t>
+          <t>37800</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
-          <t>UA53080450010015062</t>
+          <t>UA53040110010080324</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
-          <t>с-ще Чутове</t>
+          <t>м. Хорол</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Полтавський Шлях, 33 А</t>
+          <t>вул. Небесної Сотні, 33</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>(05347)9-11-87</t>
+          <t>+053(62)-332-76</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
-          <t>pto55@ukr.net</t>
+          <t>horol-gim@ukr.net</t>
         </is>
       </c>
       <c r="R93" s="5"/>
       <c r="S93" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T93" s="5" t="inlineStr">
         <is>
-          <t>Мусійченко Микола Петрович</t>
+          <t>Копайгора Микола Миколайович</t>
         </is>
       </c>
       <c r="U93" s="8"/>
       <c r="V93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Полтавський центр професійно-технічної освіти"</t>
+          <t>Чутівське професійно-технічне училище № 55</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>2179</v>
+        <v>1905</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ПЦ ПТО"</t>
+          <t>Чутівське ПТУ-55</t>
         </is>
       </c>
       <c r="E94" s="5"/>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="H94" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>36008</t>
+          <t>38800</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA53080470010087826</t>
+          <t>UA53080450010015062</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
-          <t>с. Щербані</t>
+          <t>с-ще Чутове</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. Геннадія Біліченка, 27</t>
+          <t>вул. Полтавський Шлях, 33 А</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>0532 59 84 22</t>
+          <t>(05347)9-11-87</t>
         </is>
       </c>
       <c r="Q94" s="5" t="inlineStr">
         <is>
-          <t>dnzpcpto@ukr.net</t>
+          <t>pto55@ukr.net</t>
         </is>
       </c>
       <c r="R94" s="5"/>
       <c r="S94" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T94" s="5" t="inlineStr">
         <is>
-          <t>Балясна Вікторія Євгенівна</t>
+          <t>Мусійченко Микола Петрович</t>
         </is>
       </c>
       <c r="U94" s="8"/>
       <c r="V94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище №56 с.Яреськи Шишацького району Полтавської області</t>
+          <t>Державний навчальний заклад "Полтавський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>2419</v>
+        <v>2179</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>ПТУ-56 с.Яреськи</t>
+          <t>ДНЗ "ПЦ ПТО"</t>
         </is>
       </c>
       <c r="E95" s="5"/>
       <c r="F95" s="7"/>
       <c r="G95" s="6" t="n">
-        <v>1997</v>
+        <v>1984</v>
       </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K95" s="7" t="inlineStr">
         <is>
-          <t>38030</t>
+          <t>36008</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA53060330750024391</t>
+          <t>UA53080470010087826</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
-          <t>с. Яреськи</t>
+          <t>с. Щербані</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>вул. Козацький шлях, 29</t>
+          <t>вул. Геннадія Біліченка, 27</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>05352 9 82 11</t>
+          <t>0532 59 84 22</t>
         </is>
       </c>
       <c r="Q95" s="5" t="inlineStr">
         <is>
-          <t>jareski_ptu56@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>dnzpcpto@ukr.net</t>
+        </is>
+      </c>
+      <c r="R95" s="5"/>
       <c r="S95" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Скороход Світлана Миколаївна</t>
+          <t>Балясна Вікторія Євгенівна</t>
         </is>
       </c>
       <c r="U95" s="8"/>
       <c r="V95" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="inlineStr">
+        <is>
+          <t>Професійно-технічне училище №56 с.Яреськи Шишацького району Полтавської області</t>
+        </is>
+      </c>
+      <c r="B96" s="6" t="n">
+        <v>2419</v>
+      </c>
+      <c r="C96" s="6"/>
+      <c r="D96" s="5" t="inlineStr">
+        <is>
+          <t>ПТУ-56 с.Яреськи</t>
+        </is>
+      </c>
+      <c r="E96" s="5"/>
+      <c r="F96" s="7"/>
+      <c r="G96" s="6" t="n">
+        <v>1997</v>
+      </c>
+      <c r="H96" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I96" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J96" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="K96" s="7" t="inlineStr">
+        <is>
+          <t>38030</t>
+        </is>
+      </c>
+      <c r="L96" s="7" t="inlineStr">
+        <is>
+          <t>UA53060330750024391</t>
+        </is>
+      </c>
+      <c r="M96" s="5" t="inlineStr">
+        <is>
+          <t>Полтавська обл.</t>
+        </is>
+      </c>
+      <c r="N96" s="5" t="inlineStr">
+        <is>
+          <t>с. Яреськи</t>
+        </is>
+      </c>
+      <c r="O96" s="5" t="inlineStr">
+        <is>
+          <t>вул. Козацький шлях, 29</t>
+        </is>
+      </c>
+      <c r="P96" s="5"/>
+      <c r="Q96" s="5"/>
+      <c r="R96" s="5"/>
+      <c r="S96" s="5" t="inlineStr">
+        <is>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T96" s="5" t="inlineStr">
+        <is>
+          <t>Скороход Світлана Миколаївна</t>
+        </is>
+      </c>
+      <c r="U96" s="8"/>
+      <c r="V96" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V95"/>
+  <autoFilter ref="A1:V96"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>