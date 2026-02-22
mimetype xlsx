--- v1 (2025-12-19)
+++ v2 (2026-02-22)
@@ -1082,52 +1082,58 @@
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>(053)250-91-64</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>poltavargp@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>https://ukrnaukageocenter.com</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Грибенко Роман Юрійович</t>
         </is>
       </c>
-      <c r="U10" s="8"/>
-      <c r="V10" s="5"/>
+      <c r="U10" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V10" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство "Полтаваелектроавтотранс" Полтавської міської ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>4594</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>КП "Полтаваелектроавтотранс" ПМР</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>1992</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
@@ -6023,58 +6029,54 @@
           <t>38013</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
           <t>UA53060330380053592</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
           <t>с. Михайлики</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
           <t>вул. Гагаріна, 16</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>(050)622-30-78</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(050)-622-30-78; +38(050)-622-30-78;</t>
+        </is>
+      </c>
+      <c r="Q69" s="5"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
           <t>Веклич Володимир Григорович</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>Решетилівський художній професійний ліцей</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
         <v>1934</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">