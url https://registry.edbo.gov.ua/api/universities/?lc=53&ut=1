--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -387,51 +387,51 @@
           <t>вул. Монастирська, 6</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>050-404-28-04</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>piel-admin@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://pl.uu.edu.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Мякушко Надія Семенівна</t>
+          <t>Шаравара Роман Іванович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Полтавський політехнічний фаховий коледж Національного технічного університету "Харківський політехнічний інститут"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>715</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>104</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВСП «ППФК НТУ «ХПІ»</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Poltava Polytechnic Professional College, a Separated Structural Unit of National Technical University "Kharkiv Polytechnic Institute"</t>