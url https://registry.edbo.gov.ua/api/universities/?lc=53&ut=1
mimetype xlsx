--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$17</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V18"/>
+  <dimension ref="A1:V17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -396,1543 +396,1449 @@
         <is>
           <t>piel-admin@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://pl.uu.edu.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Шаравара Роман Іванович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Полтавський політехнічний фаховий коледж Національного технічного університету "Харківський політехнічний інститут"</t>
+          <t>Національний університет "Полтавська політехніка імені Юрія Кондратюка"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>715</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>ВСП «ППФК НТУ «ХПІ»</t>
+          <t>Національний університет імені Юрія Кондратюка</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Poltava Polytechnic Professional College, a Separated Structural Unit of National Technical University "Kharkiv Polytechnic Institute"</t>
-[...2 lines deleted...]
-      <c r="F3" s="7"/>
+          <t>National University "Yuri Kondratyuk Poltava Polytechnic"</t>
+        </is>
+      </c>
+      <c r="F3" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G3" s="6" t="n">
-        <v>1944</v>
+        <v>1818</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>36039</t>
+          <t>36011</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010073240</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Матвійчука Юліана, 83 А</t>
+          <t>просп. Першотравневий, 24</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(0532)60-74-52</t>
+          <t>(0532)60-87-30, (0532)56-98-94</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>info@polytechnic.poltava.ua</t>
+          <t>rector@nupp.edu.ua, kanc@nupp.edu.ua ;</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>http//www.polytechnic.poltava.ua</t>
+          <t>www.nupp.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Пітяков Олександр Сергійович</t>
+          <t>Філонич Олена Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Національний університет "Полтавська політехніка імені Юрія Кондратюка"</t>
+          <t>Полтавська філія Національного університету харчових технологій</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="C4" s="6"/>
+        <v>962</v>
+      </c>
+      <c r="C4" s="6" t="n">
+        <v>47</v>
+      </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>Національний університет імені Юрія Кондратюка</t>
+          <t>ПФ НУХТ</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>National University "Yuri Kondratyuk Poltava Polytechnic"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Poltava Branch of National University of Food Technologies</t>
+        </is>
+      </c>
+      <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>1818</v>
+        <v>2001</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>36011</t>
+          <t>36039</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>просп. Першотравневий, 24</t>
+          <t>вул. Матвійчука Юліана, 56</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(0532)60-87-30, (0532)56-98-94</t>
+          <t>(0532) 60-60-49</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>rector@nupp.edu.ua, kanc@nupp.edu.ua ;</t>
+          <t>pzfnucht@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>www.nupp.edu.ua</t>
+          <t>http://pzfnuft.pl.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Філонич Олена Миколаївна</t>
+          <t>Ястреба Сергій Петрович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Полтавська філія Національного університету харчових технологій</t>
+          <t>Полтавський державний аграрний університет</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>962</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ПФ НУХТ</t>
+          <t>ПДАУ</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Poltava Branch of National University of Food Technologies</t>
-[...2 lines deleted...]
-      <c r="F5" s="7"/>
+          <t>Poltava State Agrarian University</t>
+        </is>
+      </c>
+      <c r="F5" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G5" s="6" t="n">
-        <v>2001</v>
+        <v>1920</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>36039</t>
+          <t>36003</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Матвійчука Юліана, 56</t>
+          <t>вул. Сковороди, 1/3</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(0532) 60-60-49</t>
+          <t>(0532) 50-02-73</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>pzfnucht@ukr.net</t>
+          <t>pdau@pdau.edu.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>http://pzfnuft.pl.ua</t>
+          <t>http://www.pdau.edu.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Ястреба Сергій Петрович</t>
+          <t>Галич Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Полтавський державний аграрний університет</t>
+          <t>Полтавський державний медичний університет</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>27</v>
+        <v>6415</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ПДАУ</t>
+          <t>ПДМУ</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Poltava State Agrarian University</t>
+          <t>Poltava State Medical University</t>
         </is>
       </c>
       <c r="F6" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="G6" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G6" s="6"/>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство охорони здоров`я України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>36003</t>
+          <t>36011</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010183642</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Сковороди, 1/3</t>
+          <t>вул. Шевченка, 23</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(0532) 50-02-73</t>
+          <t>(053) 260 20 51, 222 78 21</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>pdau@pdau.edu.ua</t>
+          <t>mail@pdmu.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>http://www.pdau.edu.ua</t>
+          <t>www.pdmu.edu.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Галич Олександр Анатолійович</t>
+          <t>Ждан Вячеслав Миколайович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Полтавський державний медичний університет</t>
+          <t>Полтавський інститут бізнесу Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>6415</v>
-[...1 lines deleted...]
-      <c r="C7" s="6"/>
+        <v>1230</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>195</v>
+      </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ПДМУ</t>
+          <t>ПІБ «МНТУ»</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Poltava State Medical University</t>
-[...7 lines deleted...]
-      <c r="G7" s="6"/>
+          <t>Poltava Business Institute Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
+        </is>
+      </c>
+      <c r="F7" s="7"/>
+      <c r="G7" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>36011</t>
+          <t>36039</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010183642</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 23</t>
+          <t>вул. Сінна, 7</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(053) 260 20 51, 222 78 21</t>
+          <t>0532 50 81 05, 50 81 78</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>mail@pdmu.edu.ua</t>
+          <t>info@pib.edu.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>www.pdmu.edu.ua</t>
+          <t>www.pib.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Ждан Вячеслав Миколайович</t>
+          <t>Лавриненко Сергій Іванович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Полтавський інститут бізнесу Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
+          <t>Полтавський національний педагогічний університет імені В.Г. Короленка</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>3</v>
+      </c>
+      <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ПІБ «МНТУ»</t>
+          <t>ПНПУ ІМЕНІ В.Г.КОРОЛЕНКА</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Poltava Business Institute Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
-[...2 lines deleted...]
-      <c r="F8" s="7"/>
+          <t>Poltava V.G. Korolenko National Pedagogical University</t>
+        </is>
+      </c>
+      <c r="F8" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>1914</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J8" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>36039</t>
+          <t>36003</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010183642</t>
+          <t>UA53080370010339303</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Сінна, 7</t>
+          <t>вул. Остроградського, 2</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0532 50 81 05, 50 81 78</t>
+          <t>(0532) 562313</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>info@pib.edu.ua</t>
+          <t>allmail@pnpu.edu.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>www.pib.edu.ua</t>
+          <t>http://www.pnpu.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Лавриненко Сергій Іванович</t>
+          <t>Гриньова Марина Вікторівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Полтавський національний педагогічний університет імені В.Г. Короленка</t>
+          <t>Полтавський університет економіки і торгівлі</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>3</v>
+        <v>123</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ПНПУ ІМЕНІ В.Г.КОРОЛЕНКА</t>
+          <t>ПУЕТ</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Poltava V.G. Korolenko National Pedagogical University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Poltava University of Economics and Trade</t>
+        </is>
+      </c>
+      <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1914</v>
+        <v>1961</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКЕ ОБ’ЄДНАННЯ ЗАКЛАДІВ КООПЕРАТИВНОЇ ОСВІТИ"</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>36003</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010339303</t>
+          <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Остроградського, 2</t>
+          <t>вул. Банка Івана, 3</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0532) 562313</t>
+          <t>(0532) 50-91-70; (0532) 50-02-22</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>allmail@pnpu.edu.ua</t>
+          <t>can@puet.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>http://www.pnpu.edu.ua</t>
+          <t>http://puet.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Гриньова Марина Вікторівна</t>
+          <t>Нестуля Олексій Олексійович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Полтавський університет економіки і торгівлі</t>
+          <t>Полтавський юридичний інститут Національного юридичного університету імені Ярослава Мудрого</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="C10" s="6"/>
+        <v>1035</v>
+      </c>
+      <c r="C10" s="6" t="n">
+        <v>274</v>
+      </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ПУЕТ</t>
+          <t>ПЮІ НЮУ ім. Ярослава Мудрого</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Poltava University of Economics and Trade</t>
+          <t>Poltava Law Institute Yaroslav Mudryi National Law University</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1961</v>
+        <v>2002</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКЕ ОБ’ЄДНАННЯ ЗАКЛАДІВ КООПЕРАТИВНОЇ ОСВІТИ"</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>36003</t>
+          <t>36011</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Банка Івана, 3</t>
+          <t>просп. Грицаєнка Віталія, 14</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(0532) 50-91-70; (0532) 50-02-22</t>
+          <t>факс (0532) 56 01 48</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>can@puet.edu.ua</t>
+          <t>poltava_inst@nlu.edu.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>http://puet.edu.ua</t>
+          <t>pli.nlu.edu.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Нестуля Олексій Олексійович</t>
+          <t>Криницький Ігор Євгенович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Полтавський юридичний інститут Національного юридичного університету імені Ярослава Мудрого</t>
+          <t>Комунальний заклад вищої освіти "Кременчуцька гуманітарно-технологічна академія" Полтавської обласної ради</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1035</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ПЮІ НЮУ ім. Ярослава Мудрого</t>
+          <t>Кременчуцька гуманітарно-технологічна академія</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Poltava Law Institute Yaroslav Mudryi National Law University</t>
+          <t>Communal Institution of Higher Education «Kremenchuk Humanitarian and Technological Academy» of the Poltava Regional Council</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>2002</v>
+        <v>1931</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>36011</t>
+          <t>39623</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA53080370010073240</t>
+          <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
-          <t>м. Полтава</t>
+          <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>просп. Грицаєнка Віталія, 14</t>
+          <t>вул. Федько Валентини, 33</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>факс (0532) 56 01 48</t>
+          <t>(0536)75-84-70, (068) 5387820</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>poltava_inst@nlu.edu.ua</t>
+          <t>krem_ped_k@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>pli.nlu.edu.ua</t>
+          <t>kpk.edu.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Криницький Ігор Євгенович</t>
+          <t>Крупіна Леся Валентинівна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад вищої освіти "Кременчуцька гуманітарно-технологічна академія" Полтавської обласної ради</t>
+          <t>Кременчуцький льотний коледж Харківського національного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>593</v>
-[...1 lines deleted...]
-      <c r="C12" s="6"/>
+        <v>4354</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>145</v>
+      </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>Кременчуцька гуманітарно-технологічна академія</t>
+          <t>КЛК ХНУВС</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Communal Institution of Higher Education «Kremenchuk Humanitarian and Technological Academy» of the Poltava Regional Council</t>
+          <t>Kremenchuk Flight College of Kharkiv National University of Internal Affairs</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1931</v>
+        <v>1960</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Полтавської обласної державної адміністрації</t>
+          <t>Міністерство внутрішніх справ України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>39623</t>
+          <t>39605</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Федько Валентини, 33</t>
+          <t>вул. Перемоги, 17/6</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0536)75-84-70, (068) 5387820</t>
+          <t>+38 (05366) 31131</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>krem_ped_k@ukr.net</t>
+          <t>klk.univd@gmail.com</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>kpk.edu.ua</t>
+          <t>http://klk.univd.edu.ua/uk</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Крупіна Леся Валентинівна</t>
+          <t>Яковлєв Руслан Петрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Кременчуцький льотний коледж Харківського національного університету внутрішніх справ</t>
+          <t>Кременчуцький національний університет імені Михайла Остроградського</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>4354</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>КЛК ХНУВС</t>
+          <t>КРНУ</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Kremenchuk Flight College of Kharkiv National University of Internal Affairs</t>
-[...2 lines deleted...]
-      <c r="F13" s="7"/>
+          <t>Kremenchuk Mykhailo Ostrohradskyi National University</t>
+        </is>
+      </c>
+      <c r="F13" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G13" s="6" t="n">
-        <v>1960</v>
+        <v>1921</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міністерство внутрішніх справ України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>39605</t>
+          <t>39600</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010031694</t>
+          <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги, 17/6</t>
+          <t>вул. Університетська, 20</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+38 (05366) 31131</t>
+          <t>+380536 75-81-86</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>klk.univd@gmail.com</t>
+          <t>office@kdu.edu.ua</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>http://klk.univd.edu.ua/uk</t>
+          <t>https://www.kdu.edu.ua/</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ректор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Яковлєв Руслан Петрович</t>
+          <t>Загірняк Денис Михайлович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Кременчуцький національний університет імені Михайла Остроградського</t>
+          <t>Придніпровський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна академія управління персоналом"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>218</v>
-[...1 lines deleted...]
-      <c r="C14" s="6"/>
+        <v>1188</v>
+      </c>
+      <c r="C14" s="6" t="n">
+        <v>249</v>
+      </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>КРНУ</t>
+          <t>Придніпровський інститут ПрАТ «ВНЗ «МАУП»</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Kremenchuk Mykhailo Ostrohradskyi National University</t>
-[...6 lines deleted...]
-      </c>
+          <t>The Prydniprovskyi Institute of the Private Joint Stock Company "Higher education institution "The Interregional Academy of Personnel Management"</t>
+        </is>
+      </c>
+      <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1921</v>
+        <v>2000</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J14" s="5"/>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>39600</t>
+          <t>39623</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010112104</t>
+          <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Університетська, 20</t>
+          <t>просп. Свободи, 79</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+380536 75-81-86</t>
+          <t>0677580002</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>office@kdu.edu.ua</t>
+          <t>referent@ki-maup.com.ua</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>https://www.kdu.edu.ua/</t>
+          <t>www.ki-maup.com.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Никифоров Володимир Валентинович</t>
+          <t>Татарінов Вадим Вадимович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Придніпровський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна академія управління персоналом"</t>
+          <t>Філія Класичного приватного університету у місті Кременчук</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>1188</v>
+        <v>3778</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>Придніпровський інститут ПрАТ «ВНЗ «МАУП»</t>
+          <t>Філія КПУ у місті Кременчук</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>The Prydniprovskyi Institute of the Private Joint Stock Company "Higher education institution "The Interregional Academy of Personnel Management"</t>
+          <t>Branch of Classic Private University in Kremenchuk</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>39623</t>
+          <t>39614</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA53020110010031694</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>просп. Свободи, 79</t>
+          <t>вул. Залудяка Миколи, 3</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>0677580002</t>
+          <t>095-098-09-74, 099-766-22-79</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>referent@ki-maup.com.ua</t>
+          <t>kremuniver@gmail.com</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>www.ki-maup.com.ua</t>
+          <t>https://www.kpufilia.com.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Татарінов Вадим Вадимович</t>
+          <t>Мєняйлова Галина Євгеніївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Філія Класичного приватного університету у місті Кременчук</t>
+          <t>Філія "Кременчуцький інститут вищого навчального закладу "Університет імені Альфреда Нобеля"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>3778</v>
+        <v>284</v>
       </c>
       <c r="C16" s="6" t="n">
-        <v>198</v>
+        <v>1271</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>Філія КПУ у місті Кременчук</t>
+          <t>Кременчуцький інститут ВНЗ «Університет імені Альфреда Нобеля»</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Branch of Classic Private University in Kremenchuk</t>
+          <t>Affiliate «Kremenchuk institute of Higher Educational Establishment «Alfred Nobel University»</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2016</v>
+        <v>1998</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J16" s="5"/>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>39614</t>
+          <t>39623</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010031694</t>
+          <t>UA53020110010112104</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Кременчук</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Залудяка Миколи, 3</t>
+          <t>просп. Свободи, 79</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>095-098-09-74, 099-766-22-79</t>
+          <t>(0536) 75-80-01</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>kremuniver@gmail.com</t>
+          <t>prcom@ki-duep.com</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>https://www.kpufilia.com.ua</t>
+          <t>www.ki-duep.com</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Мєняйлова Галина Євгеніївна</t>
-[...3 lines deleted...]
-      <c r="V16" s="5"/>
+          <t>Татарінов Вадим Вадимович</t>
+        </is>
+      </c>
+      <c r="U16" s="8" t="n">
+        <v>44964</v>
+      </c>
+      <c r="V16" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Філія "Кременчуцький інститут вищого навчального закладу "Університет імені Альфреда Нобеля"</t>
+          <t>Пирятинська філія Приватного вищого навчального закладу "Європейський університет"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>284</v>
+        <v>1211</v>
       </c>
       <c r="C17" s="6" t="n">
-        <v>1271</v>
+        <v>228</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>Кременчуцький інститут ВНЗ «Університет імені Альфреда Нобеля»</t>
+          <t>Пирятинська філія ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Affiliate «Kremenchuk institute of Higher Educational Establishment «Alfred Nobel University»</t>
+          <t>Pyriatyn Branch of Private Higher Education Establishment "European University"</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>39623</t>
+          <t>37000</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA53020110010112104</t>
+          <t>UA53040090010096696</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
-          <t>м. Кременчук</t>
+          <t>м. Пирятин</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>просп. Свободи, 79</t>
+          <t>вул. Вокзальна, 102</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(0536) 75-80-01</t>
+          <t>0535821006</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>prcom@ki-duep.com</t>
+          <t>pyryatyn@e-u.edu.ua</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>www.ki-duep.com</t>
+          <t>http://www.e-u.edu.ua/</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Татарінов Вадим Вадимович</t>
-[...94 lines deleted...]
-        <is>
           <t>Захарченко Аліна Олегівна</t>
         </is>
       </c>
-      <c r="U18" s="8"/>
-      <c r="V18" s="5"/>
+      <c r="U17" s="8"/>
+      <c r="V17" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V18"/>
+  <autoFilter ref="A1:V17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>