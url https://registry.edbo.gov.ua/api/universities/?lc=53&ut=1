--- v2 (2026-02-04)
+++ v3 (2026-03-30)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$18</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V17"/>
+  <dimension ref="A1:V18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1119,51 +1119,51 @@
           <t>36011</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA53080370010073240</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>просп. Грицаєнка Віталія, 14</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>факс (0532) 56 01 48</t>
+          <t>+38(089)-957-77-02</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>poltava_inst@nlu.edu.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>pli.nlu.edu.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Криницький Ігор Євгенович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
@@ -1706,139 +1706,235 @@
           <t>www.ki-duep.com</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Татарінов Вадим Вадимович</t>
         </is>
       </c>
       <c r="U16" s="8" t="n">
         <v>44964</v>
       </c>
       <c r="V16" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Пирятинська філія Приватного вищого навчального закладу "Європейський університет"</t>
+          <t>Державний заклад "Луганський національний університет імені Тараса Шевченка"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>Пирятинська філія ПВНЗ "Європейський університет"</t>
+          <t>ДЗ "ЛНУ імені Тараса Шевченка"</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Pyriatyn Branch of Private Higher Education Establishment "European University"</t>
-[...2 lines deleted...]
-      <c r="F17" s="7"/>
+          <t>State Institution "Luhansk Taras Shevchenko National University"</t>
+        </is>
+      </c>
+      <c r="F17" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G17" s="6" t="n">
-        <v>2000</v>
+        <v>1921</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J17" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>37000</t>
+          <t>37500</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA53040090010096696</t>
+          <t>UA53040030010081016</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Полтавська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
-          <t>м. Пирятин</t>
+          <t>м. Лубни</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Вокзальна, 102</t>
+          <t>вул. Новікова Віктора, 2</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>0535821006</t>
+          <t>+38(050)-681-68-05</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>pyryatyn@e-u.edu.ua</t>
+          <t>mail@luguniv.edu.ua</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>http://www.e-u.edu.ua/</t>
+          <t>www.luguniv.edu.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Захарченко Аліна Олегівна</t>
+          <t>Караман Олена Леонідівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="inlineStr">
+        <is>
+          <t>Пирятинська філія Приватного вищого навчального закладу "Європейський університет"</t>
+        </is>
+      </c>
+      <c r="B18" s="6" t="n">
+        <v>1211</v>
+      </c>
+      <c r="C18" s="6" t="n">
+        <v>228</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t>Пирятинська філія ПВНЗ "Європейський університет"</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>Pyriatyn Branch of Private Higher Education Establishment "European University"</t>
+        </is>
+      </c>
+      <c r="F18" s="7"/>
+      <c r="G18" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t>Заклад вищої освіти</t>
+        </is>
+      </c>
+      <c r="I18" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="7" t="inlineStr">
+        <is>
+          <t>37000</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="inlineStr">
+        <is>
+          <t>UA53040090010096696</t>
+        </is>
+      </c>
+      <c r="M18" s="5" t="inlineStr">
+        <is>
+          <t>Полтавська обл.</t>
+        </is>
+      </c>
+      <c r="N18" s="5" t="inlineStr">
+        <is>
+          <t>м. Пирятин</t>
+        </is>
+      </c>
+      <c r="O18" s="5" t="inlineStr">
+        <is>
+          <t>вул. Вокзальна, 102</t>
+        </is>
+      </c>
+      <c r="P18" s="5" t="inlineStr">
+        <is>
+          <t>0535821006</t>
+        </is>
+      </c>
+      <c r="Q18" s="5" t="inlineStr">
+        <is>
+          <t>pyryatyn@e-u.edu.ua</t>
+        </is>
+      </c>
+      <c r="R18" s="5" t="inlineStr">
+        <is>
+          <t>http://www.e-u.edu.ua/</t>
+        </is>
+      </c>
+      <c r="S18" s="5" t="inlineStr">
+        <is>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T18" s="5" t="inlineStr">
+        <is>
+          <t>Захарченко Аліна Олегівна</t>
+        </is>
+      </c>
+      <c r="U18" s="8"/>
+      <c r="V18" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V17"/>
+  <autoFilter ref="A1:V18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>