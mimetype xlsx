--- v0 (2025-10-22)
+++ v1 (2026-03-23)
@@ -372,52 +372,60 @@
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA51120210010092672</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Саврань</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Соборна, 28</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+38(048)-653-13-85</t>
         </is>
       </c>
-      <c r="Q2" s="5"/>
-      <c r="R2" s="5"/>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>pcpo@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>ptu24.info</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Жирун Ярослава Борисівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 