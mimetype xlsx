--- v0 (2025-12-18)
+++ v1 (2026-02-20)
@@ -463,56 +463,56 @@
           <t>68600</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Незалежності, 81</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+380679282525</t>
+          <t>+38(067)-928-25-25</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>izmagrotex@ua.fm</t>
+          <t>iatfk@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>www.iatk.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Карагяур Христина Володимирівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Придунайський фаховий коледж Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>