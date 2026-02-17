--- v0 (2025-12-16)
+++ v1 (2026-02-17)
@@ -576,51 +576,51 @@
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Рєпіна, 12</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+38 (04841) 6-30-01; +38 (094) 95-65-001</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>idgu@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>http://www.idgu.edu.ua/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов'язків ректора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Кічук Ярослав Валерійович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Придунайська філія Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1175</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>249</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Придунайська філія ПрАТ «ВНЗ «МАУП»</t>