--- v0 (2025-11-03)
+++ v1 (2026-02-19)
@@ -390,52 +390,58 @@
         <is>
           <t>вул. Маразлієвська, 40/42</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>048-789-08-94</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vvp_mktf@ua.fm</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>начальник відділення військової підготовки МКТФ НУ "ОМА'</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Шпаковський Геннадій Станіславович</t>
         </is>
       </c>
-      <c r="U2" s="8"/>
-      <c r="V2" s="5"/>
+      <c r="U2" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V2" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Морехідний фаховий коледж ім. О.І. Маринеска Національного університету "Одеська морська академія"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>668</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>161</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>МФК НУ "ОМА"</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Marinesko Maritime Professional College Separate Subdivision of National University “Odessa Maritime Academy”</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">