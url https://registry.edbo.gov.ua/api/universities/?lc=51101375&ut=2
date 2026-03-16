--- v0 (2025-10-20)
+++ v1 (2026-03-16)
@@ -317,51 +317,51 @@
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ "Об`єднане вище професійно-технічне училище сфери послуг Національного університету "Одеська юридична академія"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>3755</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>192</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВП «ОВПТУ СП НУ «ОЮА»</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
           <t>Separate structural department "Joint higher professional college of the service industry of National University "Odesa Law Academy"</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2016</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
@@ -469,59 +469,57 @@
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Шевченка, 2</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(048)724-78-78</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>odesbud.buh@mail.ru</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T3" s="5"/>
-[...7 lines deleted...]
-      </c>
+      <c r="T3" s="5" t="inlineStr">
+        <is>
+          <t>Васильєв Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U3" s="8"/>
+      <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Одеський професійний коледж морського та залізничного транспорту"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>1965</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ЗП(ПТ)О "ОПКМЗТ"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION "ODESA’S PROFESSIONAL COLLEGE OF MARITIME AND RAILWAY TRANSPORT"</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>1962</v>
       </c>