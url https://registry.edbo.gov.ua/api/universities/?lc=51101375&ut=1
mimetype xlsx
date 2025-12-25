--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -566,51 +566,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Дідріхсона, 4</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(048)7233342,7234092,7236904</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>list@ogasa.org.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>http://odaba.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Ковров Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Одеський державний аграрний університет</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>267</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ОДАУ</t>
         </is>
       </c>
@@ -662,51 +662,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Канатна, 99</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>(048)784 57 32</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>osau@osau.edu.ua, ogsi@te.net.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>osau.edu.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Брошков Михайло Михайлович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Одеський державний університет внутрішніх справ</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>306</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ОДУВС</t>
         </is>
       </c>