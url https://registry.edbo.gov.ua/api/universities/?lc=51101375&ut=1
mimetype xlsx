--- v1 (2025-12-25)
+++ v2 (2026-03-18)
@@ -551,56 +551,56 @@
           <t>65029</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Дідріхсона, 4</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(048)7233342,7234092,7236904</t>
+          <t>+38(048)-723-33-42</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>list@ogasa.org.ua</t>
+          <t>list@odaba.edu.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>http://odaba.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Ковров Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Одеський державний аграрний університет</t>
         </is>
@@ -743,61 +743,61 @@
           <t>65014</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Успенська, 1</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(048)793-50-00</t>
+          <t>+38(048)-793-50-00</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>oduvsofficial@gmail.com</t>
+          <t>oduvsofficial@oduvs.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>oduvs.edu.ua</t>
+          <t>www.oduvs.edu.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Давиденко В`ячеслав Віталійович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Одеський національний економічний університет</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>31</v>
       </c>
       <c r="C7" s="6"/>
@@ -854,51 +854,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Преображенська, 8</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>(048)723-61-58</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>mail@oneu.edu.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>http://oneu.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Ковальов Анатолій Іванович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Одеський національний морський університет</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>220</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>ОНМУ</t>
         </is>
       </c>
@@ -950,56 +950,56 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Мечникова, 34</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>+38(048)7283131, 7321735</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>office@onmu.org.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>www.onmu.org.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Руденко Сергій Васильович</t>
+          <t>Савельєва Ірина Владиславівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>