--- v0 (2025-10-18)
+++ v1 (2026-03-17)
@@ -659,51 +659,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>УЧБОВО-ВИРОБНИЧИЙ ЦЕНТР "АКАДЕМІЯ КРАСИ" У ВИГЛЯДІ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>6852</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>УВЦ "Академія краси" у вигляді ТОВ</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
         <v>1999</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J6" s="5"/>
       <c r="K6" s="7" t="inlineStr">
         <is>
           <t>65005</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>