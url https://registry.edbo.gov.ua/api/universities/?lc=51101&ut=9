--- v0 (2025-10-26)
+++ v1 (2025-12-17)
@@ -1264,60 +1264,68 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>65045</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>просп. Олександрівський, 6</t>
+          <t>просп. Українських Героїв, 6</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38(048)-728-97-71;</t>
-[...3 lines deleted...]
-      <c r="R12" s="5"/>
+          <t>+38(048)-728-97-71</t>
+        </is>
+      </c>
+      <c r="Q12" s="5" t="inlineStr">
+        <is>
+          <t>coledgeonat@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5" t="inlineStr">
+        <is>
+          <t>https://college.suitt.edu.ua</t>
+        </is>
+      </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Петрусенко Сергій Юрійович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Фаховий коледж морського транспорту Національного університету "Одеська морська академія"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>669</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>161</v>
       </c>