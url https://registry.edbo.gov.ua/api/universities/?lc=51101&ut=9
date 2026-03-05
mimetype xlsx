--- v1 (2025-12-17)
+++ v2 (2026-03-05)
@@ -474,52 +474,58 @@
         <is>
           <t>вул. Маразлієвська, 40/42</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>048-789-08-94</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>vvp_mktf@ua.fm</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>начальник відділення військової підготовки МКТФ НУ "ОМА'</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Шпаковський Геннадій Станіславович</t>
         </is>
       </c>
-      <c r="U3" s="8"/>
-      <c r="V3" s="5"/>
+      <c r="U3" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ «Фаховий коледж «ІТ СТЕП» Приватного закладу вищої освіти «Одеський технологічний університет «ШАГ»»</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>6709</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>4194</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Фаховий коледж «ІТ СТЕП»</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>2023</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
@@ -638,510 +644,510 @@
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>Фонтанська дорога, 33</t>
         </is>
       </c>
       <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Райчева Лариса Іванівна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Механіко-технологічний фаховий коледж Одеського національного технологічного університету"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «ОДЕСЬКИЙ ФАХОВИЙ КОЛЕДЖ КОМП'ЮТЕРНИХ ТЕХНОЛОГІЙ ОДЕСЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ ІМЕНІ І. І. МЕЧНИКОВА»</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>1071</v>
+        <v>7261</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>МТФК ОНТУ</t>
+          <t>ВСП «ОФККТ ОНУ імені І. І. Мечникова»</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Separated structural subdivision "Mechanical and Technological Professional College of Odesa National University of Technology"</t>
+          <t>SEPARATE STRUCTURAL SUBDIVISION OF - ODESA I. I. MECHNIKOV NATIONAL UNIVERSITY - ODESA PROFESSIONAL COLLEGE OF COMPUTER TECHNOLOGIES</t>
         </is>
       </c>
       <c r="F6" s="7"/>
-      <c r="G6" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G6" s="6"/>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>65003</t>
+          <t>65101</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Чорноморського козацтва, 12</t>
+          <t>вул. Корольова академіка, 5/2</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>048 723 80 10</t>
+          <t>(048) 746-15-75</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>mtt@te.net.ua</t>
+          <t>college_ct@onu.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>www.mtfk.ontu.edu.ua</t>
+          <t>https://okkt.od.ua/</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов’язки директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Кічук Олена Миколаївна</t>
+          <t>Кройтор Артем Вікторович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Морехідний фаховий коледж ім. О.І. Маринеска Національного університету "Одеська морська академія"</t>
+          <t>Відокремлений структурний підрозділ "Механіко-технологічний фаховий коледж Одеського національного технологічного університету"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>668</v>
+        <v>1071</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>МФК НУ "ОМА"</t>
+          <t>МТФК ОНТУ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Marinesko Maritime Professional College Separate Subdivision of National University “Odessa Maritime Academy”</t>
+          <t>Separated structural subdivision "Mechanical and Technological Professional College of Odesa National University of Technology"</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1898</v>
+        <v>1932</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>65014</t>
+          <t>65003</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Канатна, 8</t>
+          <t>вул. Чорноморського козацтва, 12</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>048 752 83 02</t>
+          <t>048 723 80 10</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>omu@ukr.net</t>
+          <t>mtt@te.net.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>www.marinesko.org.ua</t>
+          <t>www.mtfk.ontu.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Начальник коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Жовтяк Кирило Іванович</t>
+          <t>Кічук Олена Миколаївна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Одеський автомобільно-дорожній фаховий коледж Національного університету "Одеська політехніка"</t>
+          <t>Відокремлений структурний підрозділ "Морехідний фаховий коледж ім. О.І. Маринеска Національного університету "Одеська морська академія"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>6403</v>
+        <v>668</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>5754</v>
+        <v>161</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>МФК НУ "ОМА"</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision Odessa Automobile and Road Professional College National University "Odessa Polytechnic"</t>
+          <t>Marinesko Maritime Professional College Separate Subdivision of National University “Odessa Maritime Academy”</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2020</v>
+        <v>1898</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>65045</t>
+          <t>65014</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Тираспольська, 6</t>
+          <t>вул. Канатна, 8</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-726-58-54</t>
+          <t>048 752 83 02</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>oadk@op.edu.ua</t>
+          <t>omu@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>https://oadk.op.edu.ua</t>
+          <t>www.marinesko.org.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
+          <t>Начальник коледжу</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Мироненко Сергій Володимирович</t>
+          <t>Жовтяк Кирило Іванович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Одеський технічний фаховий коледж Одеського національного технологічного університету"</t>
+          <t>Відокремлений структурний підрозділ "Одеський автомобільно-дорожній фаховий коледж Національного університету "Одеська політехніка"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>935</v>
+        <v>6403</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>51</v>
+        <v>5754</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ОТФК ОНТУ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Separated structural subdivision "Odesa Technical Professional College of Odesa National University of Technology"</t>
+          <t>Separate structural subdivision Odessa Automobile and Road Professional College National University "Odessa Polytechnic"</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2004</v>
+        <v>2020</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>65110</t>
+          <t>65045</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Балківська, 54</t>
+          <t>вул. Тираспольська, 6</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+38(048)753-16-51 +38(048)753-16-55</t>
+          <t>+380(48)-726-58-54</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>otkua@ukr.net</t>
+          <t>oadk@op.edu.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>https://otfk.od.ua</t>
+          <t>https://oadk.op.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Іванова Лілія Вікторівна</t>
+          <t>Мироненко Сергій Володимирович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ОДЕСЬКИЙ ФАХОВИЙ КОЛЕДЖ КОМП'ЮТЕРНИХ ТЕХНОЛОГІЙ ОДЕСЬКОГО НАЦІОНАЛЬНОГО УНІВЕРСИТЕТУ ІМЕНІ І. І. МЕЧНИКОВА"</t>
+          <t>Відокремлений структурний підрозділ "Одеський технічний фаховий коледж Одеського національного технологічного університету"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>7261</v>
+        <v>935</v>
       </c>
       <c r="C10" s="6" t="n">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ВСП «ОФККТ ОНУ імені І. І. Мечникова»</t>
+          <t>ВСП "ОТФК ОНТУ"</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision "Odessa I. I. Mechnikov National University Odesa professional college of computer technologies"</t>
+          <t>Separated structural subdivision "Odesa Technical Professional College of Odesa National University of Technology"</t>
         </is>
       </c>
       <c r="F10" s="7"/>
-      <c r="G10" s="6"/>
+      <c r="G10" s="6" t="n">
+        <v>2004</v>
+      </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>65101</t>
+          <t>65110</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Корольова академіка, 5/2</t>
+          <t>вул. Балківська, 54</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(048) 746-15-75</t>
+          <t>+38(048)753-16-51 +38(048)753-16-55</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>college_ct@onu.edu.ua</t>
+          <t>otkua@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>https://okkt.od.ua/</t>
+          <t>https://otfk.od.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов’язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Кройтор Артем Вікторович</t>
+          <t>Іванова Лілія Вікторівна</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Фаховий коледж вимірювань Державного університету інтелектуальних технологій і зв'язку"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>6371</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>5780</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>ВСП "Фаховий коледж вимірювань ДУІТЗ"</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>Separate Structural Subdivision «Professional College of Measurements of State University of INTELLECTUAL Technologies and Communications»</t>
@@ -1284,51 +1290,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>просп. Українських Героїв, 6</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
           <t>+38(048)-728-97-71</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>coledgeonat@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
           <t>https://college.suitt.edu.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Петрусенко Сергій Юрійович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Фаховий коледж морського транспорту Національного університету "Одеська морська академія"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>669</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>161</v>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>.</t>
@@ -2134,120 +2140,124 @@
         <is>
           <t>grekovka@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
           <t>www.grekovka.com.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Косміна Ольга Георгіївна</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Медичний фаховий коледж Міжнародного гуманітарного університету</t>
+          <t>Медичний фаховий коледж Міжнародного університету</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>1221</v>
       </c>
       <c r="C22" s="6" t="n">
         <v>353</v>
       </c>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>МФКМУ</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>Medical Professional College of International Humanitarian University</t>
+          <t>Medical Professional College of International University</t>
         </is>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
           <t>65009</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Фонтанська дорога, 33</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>063-534-72-29</t>
+          <t>+38(063)-534-72-29</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>epk.mgu.odessa@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R22" s="5"/>
+          <t>college.mu.od@gmail.com</t>
+        </is>
+      </c>
+      <c r="R22" s="5" t="inlineStr">
+        <is>
+          <t>https://epk-mgu.od.ua</t>
+        </is>
+      </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Шарапановська Юлія Вікторівна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>ОДЕСЬКИЙ МОРЕХІДНИЙ ФАХОВИЙ КОЛЕДЖ МОРСЬКОГО ТА РИБОПРОМИСЛОВОГО ФЛОТУ ІМЕНІ ОЛЕКСІЯ СОЛЯНИКА</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>2845</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
@@ -2676,120 +2686,124 @@
         <is>
           <t>college_server@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
           <t>server.odessa.ua</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Отрадська Тетяна Василівна</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Міжнародного гуманітарного університету</t>
+          <t>Фаховий коледж Міжнародного університету</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>1220</v>
       </c>
       <c r="C28" s="6" t="n">
         <v>353</v>
       </c>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ФКМУ</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Professional College of International Humanitarian University</t>
+          <t>Professional College of International University</t>
         </is>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="7" t="inlineStr">
         <is>
           <t>65009</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
           <t>вул. Фонтанська дорога, 33</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>063-534-72-29</t>
+          <t>+38(063)-534-72-29</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>epk.mgu.odessa@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R28" s="5"/>
+          <t>college.mu.od@gmail.com</t>
+        </is>
+      </c>
+      <c r="R28" s="5" t="inlineStr">
+        <is>
+          <t>https://epk-mgu.od.ua</t>
+        </is>
+      </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
           <t>Шарапановська Юлія Вікторівна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V28"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 