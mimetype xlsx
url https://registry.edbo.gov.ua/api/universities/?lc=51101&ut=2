--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$34</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$35</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V34"/>
+  <dimension ref="A1:V35"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -562,56 +562,56 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>пл. Митна, 1</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+380(48)-729-35-17</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>odsea@port.odessa.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.port.odessa.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Гарбар Максим Григорович</t>
+          <t>Мясковський Олексій Михайлович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Одеське вище професійне училище автомобільного транспорту"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1792</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "ОВПУ АТ"</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1939</v>
       </c>
@@ -1499,59 +1499,57 @@
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>просп. Шевченка, 2</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>(048)724-78-78</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>odesbud.buh@mail.ru</t>
         </is>
       </c>
       <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T15" s="5"/>
-[...7 lines deleted...]
-      </c>
+      <c r="T15" s="5" t="inlineStr">
+        <is>
+          <t>Васильєв Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U15" s="8"/>
+      <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Одеський професійний коледж морського та залізничного транспорту"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>1965</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>ЗП(ПТ)О "ОПКМЗТ"</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION "ODESA’S PROFESSIONAL COLLEGE OF MARITIME AND RAILWAY TRANSPORT"</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
         <v>1962</v>
       </c>
@@ -2178,961 +2176,1045 @@
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Пастера, 16</t>
         </is>
       </c>
       <c r="P23" s="5"/>
       <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5"/>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Міжнародний морський тренажерний центр"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «АКАДЕМІЯ КОСМЕТОЛОГІЇ ТОТІС»</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>4351</v>
+        <v>7279</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Міжнародний морський тренажерний центр"</t>
+          <t>ТОВ «АКАДЕМІЯ КОСМЕТОЛОГІЇ ТОТІС»</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>"International maritime training center" Limited liability company</t>
+          <t>LIMITED LIABILITY COMPANY «TOTIS ACADEMY OF COSMETOLOGY»</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>65005</t>
+          <t>65408</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>пл. Олексіївська площа, 3</t>
+          <t>вул. Італійська, 48, 2/5</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-743-93-93: (063) 743-93-93; (068) 743-93-93; (050) 743-93-93</t>
+          <t>(066)984-95-60</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>info@imtc.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@cosmetology-academy.totis.world</t>
+        </is>
+      </c>
+      <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Саленко Олена Леонідівна</t>
+          <t>Аскевич Аліна Юріївна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчальний центр фахівців морського транспорту"</t>
+          <t>Товариство з обмеженою відповідальністю "Міжнародний морський тренажерний центр"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>3830</v>
+        <v>4351</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Навчальний центр фахівців морського транспорту"</t>
+          <t>ТОВ "Міжнародний морський тренажерний центр"</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>Limited Liability Society "Seafarers Training Centre"</t>
+          <t>"International maritime training center" Limited liability company</t>
         </is>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>65014</t>
+          <t>65005</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Канатна, 42</t>
+          <t>пл. Олексіївська площа, 3</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+380 (48) 737-30-58</t>
+          <t>+380(48)-743-93-93: (063) 743-93-93; (068) 743-93-93; (050) 743-93-93</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>info@seafarer.od.ua</t>
-[...2 lines deleted...]
-      <c r="R25" s="5"/>
+          <t>info@imtc.com.ua</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>www.imtc.com.ua</t>
+        </is>
+      </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Кузнєцов Сергій Сергійович</t>
+          <t>Саленко Олена Леонідівна</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю навчально-виробничий центр "Академія ювелірного мистецтва"</t>
+          <t>Товариство з обмеженою відповідальністю "Навчальний центр фахівців морського транспорту"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>3750</v>
+        <v>3830</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ТОВ Академія ювелірного мистецтва</t>
-[...2 lines deleted...]
-      <c r="E26" s="5"/>
+          <t>ТОВ "Навчальний центр фахівців морського транспорту"</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>Limited Liability Society "Seafarers Training Centre"</t>
+        </is>
+      </c>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J26" s="5"/>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>65005</t>
+          <t>65014</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Млинова, 24 корпус А</t>
+          <t>вул. Канатна, 42</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>048 743 2619; 097 938 3141</t>
+          <t>+380 (48) 737-30-58</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>0487432619@ukr.net</t>
+          <t>info@seafarer.od.ua</t>
         </is>
       </c>
       <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Зеленков Станіслав Леонідович</t>
+          <t>Кузнєцов Сергій Сергійович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНО-ТРЕНАЖЕРНИЙ ЦЕНТР "ФЛАГМАН"</t>
+          <t>Товариство з обмеженою відповідальністю навчально-виробничий центр "Академія ювелірного мистецтва"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>5688</v>
+        <v>3750</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НТЦ "ФЛАГМАН"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ Академія ювелірного мистецтва</t>
+        </is>
+      </c>
+      <c r="E27" s="5"/>
       <c r="F27" s="7"/>
-      <c r="G27" s="6"/>
+      <c r="G27" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>65020</t>
+          <t>65005</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>узвіз Польський, 6</t>
+          <t>вул. Млинова, 24 корпус А</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+38 (95) 043-43-43</t>
+          <t>048 743 2619; 097 938 3141</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>osvita@flagman.education</t>
+          <t>0487432619@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Купрашвілі Анна Георгіївна</t>
+          <t>Зеленков Станіслав Леонідович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Науково-дослідницький учбово-курсовий консультаційний центр Промислової безпеки"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНО-ТРЕНАЖЕРНИЙ ЦЕНТР "ФЛАГМАН"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>2886</v>
+        <v>5688</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НДУККЦ Промислової безпеки"</t>
-[...2 lines deleted...]
-      <c r="E28" s="5"/>
+          <t>ТОВ "НТЦ "ФЛАГМАН"</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY "EDUCATION-TRAINING CENTRE "FLAGMAN"</t>
+        </is>
+      </c>
       <c r="F28" s="7"/>
-      <c r="G28" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G28" s="6"/>
       <c r="H28" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>65078</t>
+          <t>65020</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 36</t>
+          <t>узвіз Польський, 6</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>048 7342232; 7995544</t>
+          <t>+38 (95) 043-43-43</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>pbezpeka@mail.ru</t>
+          <t>osvita@flagman.education</t>
         </is>
       </c>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Шукова Марина Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Купрашвілі Анна Георгіївна</t>
+        </is>
+      </c>
+      <c r="U28" s="8"/>
+      <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Професійна освіта"</t>
+          <t>Товариство з обмеженою відповідальністю "Науково-дослідницький учбово-курсовий консультаційний центр Промислової безпеки"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>5651</v>
+        <v>2886</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Професійна освіта"</t>
+          <t>ТОВ "НДУККЦ Промислової безпеки"</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
-      <c r="G29" s="6"/>
+      <c r="G29" s="6" t="n">
+        <v>2008</v>
+      </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>65044</t>
+          <t>65078</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>просп. Шевченка, 2</t>
+          <t>вул. Космонавтів, 36</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-480-59-78</t>
-[...2 lines deleted...]
-      <c r="Q29" s="5"/>
+          <t>048 7342232; 7995544</t>
+        </is>
+      </c>
+      <c r="Q29" s="5" t="inlineStr">
+        <is>
+          <t>pbezpeka@mail.ru</t>
+        </is>
+      </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Васильєв Іван Петрович</t>
-[...3 lines deleted...]
-      <c r="V29" s="5"/>
+          <t>Шукова Марина Володимирівна</t>
+        </is>
+      </c>
+      <c r="U29" s="8" t="n">
+        <v>42681</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ТРЕЙНМАР"</t>
+          <t>Товариство з обмеженою відповідальністю "Професійна освіта"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>5696</v>
+        <v>5651</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ТРЕЙНМАР"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Професійна освіта"</t>
+        </is>
+      </c>
+      <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6"/>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>65063</t>
+          <t>65044</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Фонтанська дорога, 3</t>
+          <t>просп. Шевченка, 2</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>+38(048)-737-76-00;</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(67)-480-59-78</t>
+        </is>
+      </c>
+      <c r="Q30" s="5"/>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Мікуляніч Діонісій Васильович</t>
+          <t>Васильєв Іван Петрович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий центр "СПЕЦІАЛІСТ"</t>
+          <t>Товариство з обмеженою відповідальністю "ТРЕЙНМАР"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>3646</v>
+        <v>5696</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбовий центр "СПЕЦІАЛІСТ"</t>
-[...2 lines deleted...]
-      <c r="E31" s="5"/>
+          <t>ТОВ "ТРЕЙНМАР"</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>Limited Trade Development "TRAINMAR"</t>
+        </is>
+      </c>
       <c r="F31" s="7"/>
-      <c r="G31" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="6"/>
       <c r="H31" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>065029</t>
+          <t>65063</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Градоначальницька, 4</t>
+          <t>вул. Фонтанська дорога, 3</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>048-732-55-22</t>
+          <t>+38(048)-737-76-00;</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>specialist_od2016@ukr.net</t>
+          <t>director@trainmar.com.ua</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Яріна Анна Анатоліївна</t>
+          <t>Мікуляніч Діонісій Васильович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Чорноморський тренажерний центр"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий центр "СПЕЦІАЛІСТ"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>5686</v>
+        <v>3646</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЧТЦ"</t>
+          <t>ТОВ "Учбовий центр "СПЕЦІАЛІСТ"</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
-      <c r="G32" s="6"/>
+      <c r="G32" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>65014</t>
+          <t>065029</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Базарна, 3А</t>
+          <t>вул. Градоначальницька, 4</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-740-74-64</t>
+          <t>048-732-55-22</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>info@bstc.academy</t>
-[...6 lines deleted...]
-      </c>
+          <t>specialist_od2016@ukr.net</t>
+        </is>
+      </c>
+      <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Директор ТОВ "Чорноморський тренажерний центр"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Коліушко Надія Вячеславівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Яріна Анна Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>УЧБОВО-ВИРОБНИЧИЙ ЦЕНТР "АКАДЕМІЯ КРАСИ" У ВИГЛЯДІ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ</t>
+          <t>Товариство з обмеженою відповідальністю "Чорноморський тренажерний центр"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>6852</v>
+        <v>5686</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>УВЦ "Академія краси" у вигляді ТОВ</t>
+          <t>ТОВ "ЧТЦ"</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
-      <c r="G33" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="6"/>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>65005</t>
+          <t>65014</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Балківська, 120/2</t>
+          <t>вул. Базарна, 3А</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>(097)150-13-35</t>
+          <t>+380(48)-740-74-64</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>academy_of_beauty@ukr.net</t>
+          <t>info@bstc.academy</t>
         </is>
       </c>
       <c r="R33" s="5" t="inlineStr">
         <is>
-          <t>academybeauty.com.ua</t>
+          <t>www.bstc.academy</t>
         </is>
       </c>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>Директор ТОВ "Чорноморський тренажерний центр"</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Солом`яний Андрій Петрович</t>
-[...3 lines deleted...]
-      <c r="V33" s="5"/>
+          <t>Коліушко Надія Вячеславівна</t>
+        </is>
+      </c>
+      <c r="U33" s="8" t="n">
+        <v>45237</v>
+      </c>
+      <c r="V33" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій в Одеській області</t>
+          <t>УЧБОВО-ВИРОБНИЧИЙ ЦЕНТР "АКАДЕМІЯ КРАСИ" У ВИГЛЯДІ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>3328</v>
+        <v>6852</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>АРЗ СП ГУ ДСНС України в Одеській області</t>
+          <t>УВЦ "Академія краси" у вигляді ТОВ</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J34" s="5"/>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>65085</t>
+          <t>65005</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>Тираспольське шосе , 14</t>
+          <t>вул. Балківська, 120/2</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(048)778-84-28</t>
+          <t>(097)150-13-35</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>arz_sp_od@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>academy_of_beauty@ukr.net</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>academybeauty.com.ua</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Начальник АРЗ СП ГУ ДСНС України в Одеській області</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Задояний Андрій Вікторович</t>
+          <t>Солом`яний Андрій Петрович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="inlineStr">
+        <is>
+          <t>Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій в Одеській області</t>
+        </is>
+      </c>
+      <c r="B35" s="6" t="n">
+        <v>3328</v>
+      </c>
+      <c r="C35" s="6"/>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t>АРЗ СП ГУ ДСНС України в Одеській області</t>
+        </is>
+      </c>
+      <c r="E35" s="5"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H35" s="5" t="inlineStr">
+        <is>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+        </is>
+      </c>
+      <c r="I35" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
+      <c r="K35" s="7" t="inlineStr">
+        <is>
+          <t>65085</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="inlineStr">
+        <is>
+          <t>UA51100270010275193</t>
+        </is>
+      </c>
+      <c r="M35" s="5" t="inlineStr">
+        <is>
+          <t>Одеська обл.</t>
+        </is>
+      </c>
+      <c r="N35" s="5" t="inlineStr">
+        <is>
+          <t>м. Одеса</t>
+        </is>
+      </c>
+      <c r="O35" s="5" t="inlineStr">
+        <is>
+          <t>Тираспольське шосе , 14</t>
+        </is>
+      </c>
+      <c r="P35" s="5" t="inlineStr">
+        <is>
+          <t>(048)778-84-28</t>
+        </is>
+      </c>
+      <c r="Q35" s="5" t="inlineStr">
+        <is>
+          <t>arz_sp_od@ukr.net</t>
+        </is>
+      </c>
+      <c r="R35" s="5"/>
+      <c r="S35" s="5" t="inlineStr">
+        <is>
+          <t>Начальник АРЗ СП ГУ ДСНС України в Одеській області</t>
+        </is>
+      </c>
+      <c r="T35" s="5" t="inlineStr">
+        <is>
+          <t>Задояний Андрій Вікторович</t>
+        </is>
+      </c>
+      <c r="U35" s="8"/>
+      <c r="V35" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V34"/>
+  <autoFilter ref="A1:V35"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>