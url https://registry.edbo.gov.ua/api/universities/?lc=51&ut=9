--- v0 (2025-10-16)
+++ v1 (2026-02-08)
@@ -474,52 +474,58 @@
         <is>
           <t>вул. Маразлієвська, 40/42</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>048-789-08-94</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>vvp_mktf@ua.fm</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>начальник відділення військової підготовки МКТФ НУ "ОМА'</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Шпаковський Геннадій Станіславович</t>
         </is>
       </c>
-      <c r="U3" s="8"/>
-      <c r="V3" s="5"/>
+      <c r="U3" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ «Фаховий коледж «ІТ СТЕП» Приватного закладу вищої освіти «Одеський технологічний університет «ШАГ»»</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>6709</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>4194</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Фаховий коледж «ІТ СТЕП»</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>2023</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
@@ -1264,64 +1270,68 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>65045</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>просп. Олександрівський, 6</t>
+          <t>просп. Українських Героїв, 6</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-728-97-70</t>
+          <t>+38(048)-728-97-71</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>coledgeonat@ukr.net</t>
         </is>
       </c>
-      <c r="R12" s="5"/>
+      <c r="R12" s="5" t="inlineStr">
+        <is>
+          <t>https://college.suitt.edu.ua</t>
+        </is>
+      </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Петрусенко Сергій Юрійович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Фаховий коледж морського транспорту Національного університету "Одеська морська академія"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>669</v>
       </c>
       <c r="C13" s="6" t="n">
         <v>161</v>
       </c>
@@ -3461,56 +3471,56 @@
           <t>68600</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
           <t>просп. Незалежності, 81</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>+380679282525</t>
+          <t>+38(067)-928-25-25</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>izmagrotex@ua.fm</t>
+          <t>iatfk@ukr.net</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
           <t>www.iatk.edu.ua</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
           <t>Карагяур Христина Володимирівна</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>Придунайський фаховий коледж Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>