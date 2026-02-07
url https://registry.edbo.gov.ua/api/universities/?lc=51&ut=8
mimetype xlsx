--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -654,56 +654,56 @@
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Рішельєвська, 11</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>(048)728-24-60,(048)728-24-84</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>institutestomatology@gmail.com</t>
         </is>
       </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Шнайдер Станіслав Аркадійович</t>
+          <t>Адубецька Аліна Юріївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Приватна установа "Причорноморський науково-дослідний інститут економіки та інновацій"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>4301</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ПНДІЕІ</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
         <v>2016</v>
       </c>