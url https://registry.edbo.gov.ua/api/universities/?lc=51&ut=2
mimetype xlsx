--- v0 (2026-01-05)
+++ v1 (2026-03-05)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$73</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$74</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V73"/>
+  <dimension ref="A1:V74"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -562,56 +562,56 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>пл. Митна, 1</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+380(48)-729-35-17</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>odsea@port.odessa.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.port.odessa.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Гарбар Максим Григорович</t>
+          <t>Мясковський Олексій Михайлович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Одеське вище професійне училище автомобільного транспорту"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1792</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "ОВПУ АТ"</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1939</v>
       </c>
@@ -1499,59 +1499,57 @@
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>просп. Шевченка, 2</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>(048)724-78-78</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>odesbud.buh@mail.ru</t>
         </is>
       </c>
       <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T15" s="5"/>
-[...7 lines deleted...]
-      </c>
+      <c r="T15" s="5" t="inlineStr">
+        <is>
+          <t>Васильєв Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U15" s="8"/>
+      <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Одеський професійний коледж морського та залізничного транспорту"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>1965</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>ЗП(ПТ)О "ОПКМЗТ"</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION "ODESA’S PROFESSIONAL COLLEGE OF MARITIME AND RAILWAY TRANSPORT"</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
         <v>1962</v>
       </c>
@@ -2178,4307 +2176,4387 @@
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Пастера, 16</t>
         </is>
       </c>
       <c r="P23" s="5"/>
       <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5"/>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Міжнародний морський тренажерний центр"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «АКАДЕМІЯ КОСМЕТОЛОГІЇ ТОТІС»</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>4351</v>
+        <v>7279</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Міжнародний морський тренажерний центр"</t>
+          <t>ТОВ «АКАДЕМІЯ КОСМЕТОЛОГІЇ ТОТІС»</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>"International maritime training center" Limited liability company</t>
+          <t>LIMITED LIABILITY COMPANY «TOTIS ACADEMY OF COSMETOLOGY»</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>65005</t>
+          <t>65408</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>пл. Олексіївська площа, 3</t>
+          <t>вул. Італійська, 48, 2/5</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-743-93-93: (063) 743-93-93; (068) 743-93-93; (050) 743-93-93</t>
+          <t>(066)984-95-60</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>info@imtc.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@cosmetology-academy.totis.world</t>
+        </is>
+      </c>
+      <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Саленко Олена Леонідівна</t>
+          <t>Аскевич Аліна Юріївна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчальний центр фахівців морського транспорту"</t>
+          <t>Товариство з обмеженою відповідальністю "Міжнародний морський тренажерний центр"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>3830</v>
+        <v>4351</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Навчальний центр фахівців морського транспорту"</t>
+          <t>ТОВ "Міжнародний морський тренажерний центр"</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>Limited Liability Society "Seafarers Training Centre"</t>
+          <t>"International maritime training center" Limited liability company</t>
         </is>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>65014</t>
+          <t>65005</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Канатна, 42</t>
+          <t>пл. Олексіївська площа, 3</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+380 (48) 737-30-58</t>
+          <t>+380(48)-743-93-93: (063) 743-93-93; (068) 743-93-93; (050) 743-93-93</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>info@seafarer.od.ua</t>
-[...2 lines deleted...]
-      <c r="R25" s="5"/>
+          <t>info@imtc.com.ua</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>www.imtc.com.ua</t>
+        </is>
+      </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Кузнєцов Сергій Сергійович</t>
+          <t>Саленко Олена Леонідівна</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю навчально-виробничий центр "Академія ювелірного мистецтва"</t>
+          <t>Товариство з обмеженою відповідальністю "Навчальний центр фахівців морського транспорту"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>3750</v>
+        <v>3830</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ТОВ Академія ювелірного мистецтва</t>
-[...2 lines deleted...]
-      <c r="E26" s="5"/>
+          <t>ТОВ "Навчальний центр фахівців морського транспорту"</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>Limited Liability Society "Seafarers Training Centre"</t>
+        </is>
+      </c>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J26" s="5"/>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>65005</t>
+          <t>65014</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Млинова, 24 корпус А</t>
+          <t>вул. Канатна, 42</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>048 743 2619; 097 938 3141</t>
+          <t>+380 (48) 737-30-58</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>0487432619@ukr.net</t>
+          <t>info@seafarer.od.ua</t>
         </is>
       </c>
       <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Зеленков Станіслав Леонідович</t>
+          <t>Кузнєцов Сергій Сергійович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНО-ТРЕНАЖЕРНИЙ ЦЕНТР "ФЛАГМАН"</t>
+          <t>Товариство з обмеженою відповідальністю навчально-виробничий центр "Академія ювелірного мистецтва"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>5688</v>
+        <v>3750</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НТЦ "ФЛАГМАН"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ Академія ювелірного мистецтва</t>
+        </is>
+      </c>
+      <c r="E27" s="5"/>
       <c r="F27" s="7"/>
-      <c r="G27" s="6"/>
+      <c r="G27" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>65020</t>
+          <t>65005</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>узвіз Польський, 6</t>
+          <t>вул. Млинова, 24 корпус А</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+38 (95) 043-43-43</t>
+          <t>048 743 2619; 097 938 3141</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>osvita@flagman.education</t>
+          <t>0487432619@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Купрашвілі Анна Георгіївна</t>
+          <t>Зеленков Станіслав Леонідович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Науково-дослідницький учбово-курсовий консультаційний центр Промислової безпеки"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНО-ТРЕНАЖЕРНИЙ ЦЕНТР "ФЛАГМАН"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>2886</v>
+        <v>5688</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НДУККЦ Промислової безпеки"</t>
-[...2 lines deleted...]
-      <c r="E28" s="5"/>
+          <t>ТОВ "НТЦ "ФЛАГМАН"</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY "EDUCATION-TRAINING CENTRE "FLAGMAN"</t>
+        </is>
+      </c>
       <c r="F28" s="7"/>
-      <c r="G28" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G28" s="6"/>
       <c r="H28" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>65078</t>
+          <t>65020</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 36</t>
+          <t>узвіз Польський, 6</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>048 7342232; 7995544</t>
+          <t>+38 (95) 043-43-43</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>pbezpeka@mail.ru</t>
+          <t>osvita@flagman.education</t>
         </is>
       </c>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Шукова Марина Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Купрашвілі Анна Георгіївна</t>
+        </is>
+      </c>
+      <c r="U28" s="8"/>
+      <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Професійна освіта"</t>
+          <t>Товариство з обмеженою відповідальністю "Науково-дослідницький учбово-курсовий консультаційний центр Промислової безпеки"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>5651</v>
+        <v>2886</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Професійна освіта"</t>
+          <t>ТОВ "НДУККЦ Промислової безпеки"</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
-      <c r="G29" s="6"/>
+      <c r="G29" s="6" t="n">
+        <v>2008</v>
+      </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>65044</t>
+          <t>65078</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>просп. Шевченка, 2</t>
+          <t>вул. Космонавтів, 36</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-480-59-78</t>
-[...2 lines deleted...]
-      <c r="Q29" s="5"/>
+          <t>048 7342232; 7995544</t>
+        </is>
+      </c>
+      <c r="Q29" s="5" t="inlineStr">
+        <is>
+          <t>pbezpeka@mail.ru</t>
+        </is>
+      </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Васильєв Іван Петрович</t>
-[...3 lines deleted...]
-      <c r="V29" s="5"/>
+          <t>Шукова Марина Володимирівна</t>
+        </is>
+      </c>
+      <c r="U29" s="8" t="n">
+        <v>42681</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ТРЕЙНМАР"</t>
+          <t>Товариство з обмеженою відповідальністю "Професійна освіта"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>5696</v>
+        <v>5651</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ТРЕЙНМАР"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Професійна освіта"</t>
+        </is>
+      </c>
+      <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6"/>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>65063</t>
+          <t>65044</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Фонтанська дорога, 3</t>
+          <t>просп. Шевченка, 2</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>+38(048)-737-76-00;</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(67)-480-59-78</t>
+        </is>
+      </c>
+      <c r="Q30" s="5"/>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Мікуляніч Діонісій Васильович</t>
+          <t>Васильєв Іван Петрович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий центр "СПЕЦІАЛІСТ"</t>
+          <t>Товариство з обмеженою відповідальністю "ТРЕЙНМАР"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>3646</v>
+        <v>5696</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбовий центр "СПЕЦІАЛІСТ"</t>
-[...2 lines deleted...]
-      <c r="E31" s="5"/>
+          <t>ТОВ "ТРЕЙНМАР"</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>Limited Trade Development "TRAINMAR"</t>
+        </is>
+      </c>
       <c r="F31" s="7"/>
-      <c r="G31" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="6"/>
       <c r="H31" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>065029</t>
+          <t>65063</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Градоначальницька, 4</t>
+          <t>вул. Фонтанська дорога, 3</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>048-732-55-22</t>
+          <t>+38(048)-737-76-00;</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>specialist_od2016@ukr.net</t>
+          <t>director@trainmar.com.ua</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Яріна Анна Анатоліївна</t>
+          <t>Мікуляніч Діонісій Васильович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Чорноморський тренажерний центр"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий центр "СПЕЦІАЛІСТ"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>5686</v>
+        <v>3646</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЧТЦ"</t>
+          <t>ТОВ "Учбовий центр "СПЕЦІАЛІСТ"</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
-      <c r="G32" s="6"/>
+      <c r="G32" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>65014</t>
+          <t>065029</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Базарна, 3А</t>
+          <t>вул. Градоначальницька, 4</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-740-74-64</t>
+          <t>048-732-55-22</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>info@bstc.academy</t>
-[...6 lines deleted...]
-      </c>
+          <t>specialist_od2016@ukr.net</t>
+        </is>
+      </c>
+      <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Директор ТОВ "Чорноморський тренажерний центр"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Коліушко Надія Вячеславівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Яріна Анна Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>УЧБОВО-ВИРОБНИЧИЙ ЦЕНТР "АКАДЕМІЯ КРАСИ" У ВИГЛЯДІ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ</t>
+          <t>Товариство з обмеженою відповідальністю "Чорноморський тренажерний центр"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>6852</v>
+        <v>5686</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>УВЦ "Академія краси" у вигляді ТОВ</t>
+          <t>ТОВ "ЧТЦ"</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
-      <c r="G33" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="6"/>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>65005</t>
+          <t>65014</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Балківська, 120/2</t>
+          <t>вул. Базарна, 3А</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>(097)150-13-35</t>
+          <t>+380(48)-740-74-64</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>academy_of_beauty@ukr.net</t>
+          <t>info@bstc.academy</t>
         </is>
       </c>
       <c r="R33" s="5" t="inlineStr">
         <is>
-          <t>academybeauty.com.ua</t>
+          <t>www.bstc.academy</t>
         </is>
       </c>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>Директор ТОВ "Чорноморський тренажерний центр"</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Солом`яний Андрій Петрович</t>
-[...3 lines deleted...]
-      <c r="V33" s="5"/>
+          <t>Коліушко Надія Вячеславівна</t>
+        </is>
+      </c>
+      <c r="U33" s="8" t="n">
+        <v>45237</v>
+      </c>
+      <c r="V33" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Білгород-Дністровський професійний будівельний ліцей"</t>
+          <t>УЧБОВО-ВИРОБНИЧИЙ ЦЕНТР "АКАДЕМІЯ КРАСИ" У ВИГЛЯДІ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>1807</v>
+        <v>6852</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "БД ПБЛ"</t>
+          <t>УВЦ "Академія краси" у вигляді ТОВ</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>1944</v>
+        <v>1999</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J34" s="5"/>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>67700</t>
+          <t>65005</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA51040010010048834</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
-          <t>м. Білгород-Дністровський</t>
+          <t>м. Одеса</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Ізмаїльська, 31</t>
+          <t>вул. Балківська, 120/2</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(04849) 2 43 34</t>
+          <t>(097)150-13-35</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>bdpsl@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>academy_of_beauty@ukr.net</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>academybeauty.com.ua</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Черненко Сергій Олексійович</t>
+          <t>Солом`яний Андрій Петрович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Філія "Білгород-Дністровський державний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
+          <t>Державний навчальний заклад "Білгород-Дністровський професійний будівельний ліцей"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>4321</v>
-[...3 lines deleted...]
-      </c>
+        <v>1807</v>
+      </c>
+      <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ДНЗ "БД ПБЛ"</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>2013</v>
+        <v>1944</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Міністерство інфраструктури України</t>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>67701</t>
+          <t>67700</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA51040010010048834</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Білгород-Дністровський</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 68</t>
+          <t>вул. Ізмаїльська, 31</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>+048(49)-224-82</t>
+          <t>(04849) 2 43 34</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>b_dn@uaservise.com.ua</t>
+          <t>bdpsl@ukr.net</t>
         </is>
       </c>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Літинський Сергій Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Черненко Сергій Олексійович</t>
+        </is>
+      </c>
+      <c r="U35" s="8"/>
+      <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Біляївський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Філія "Білгород-Дністровський державний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>7097</v>
-[...1 lines deleted...]
-      <c r="C36" s="6"/>
+        <v>4321</v>
+      </c>
+      <c r="C36" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...2 lines deleted...]
-      <c r="J36" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство інфраструктури України</t>
+        </is>
+      </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>67600</t>
+          <t>67701</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA51100030010096432</t>
+          <t>UA51040010010048834</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
-          <t>м. Біляївка</t>
+          <t>м. Білгород-Дністровський</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 4-А</t>
+          <t>вул. Соборна, 68</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(096)107-53-96</t>
+          <t>+048(49)-224-82</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>b.stk.tsou@ukr.net</t>
+          <t>b_dn@uaservise.com.ua</t>
         </is>
       </c>
       <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Бондаренко Ростислав Васильович</t>
-[...3 lines deleted...]
-      <c r="V36" s="5"/>
+          <t>Літинський Сергій Миколайович</t>
+        </is>
+      </c>
+      <c r="U36" s="8" t="n">
+        <v>43697</v>
+      </c>
+      <c r="V36" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Іванівський районний спортивно - технічний клуб Товариства сприяння обороні України</t>
+          <t>Біляївський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>7286</v>
+        <v>7097</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>Іванівський РСТК ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>67200</t>
+          <t>67600</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA51020170040014141</t>
+          <t>UA51100030010096432</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
-          <t>с. Іванівка</t>
+          <t>м. Біляївка</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Новоселів, 16</t>
+          <t>вул. Заводська, 4-А</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>(096)107-53-96</t>
-[...6 lines deleted...]
-      </c>
+          <t>22902; 80506522905;</t>
+        </is>
+      </c>
+      <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
           <t>Бондаренко Ростислав Васильович</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-тренажерний комплекс "Адмірал"</t>
+          <t>Іванівський районний спортивно - технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>3977</v>
+        <v>7286</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбово-тренажерний комплекс "Адмірал"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Іванівський РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2011</v>
+        <v>1997</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>68094</t>
+          <t>67200</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA51100370030024302</t>
+          <t>UA51020170040014141</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
-          <t>с. Бурлача Балка</t>
+          <t>с. Іванівка</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Приморська, 31</t>
+          <t>вул. Новоселів, 16</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>(048)7996888</t>
+          <t>(096)107-53-96</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>admiral-2011@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ivanivskiyrstk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Чупрова Ольга Миколаївна</t>
+          <t>Бондаренко Ростислав Васильович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ ПІДРОЗДІЛ "УЧБОВИЙ ЦЕНТР" ПРИВАТНОГО АКЦІОНЕРНОГО ТОВАРИСТВА "УКРАЇНСЬКЕ ДУНАЙСЬКЕ ПАРОПЛАВСТВО"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-тренажерний комплекс "Адмірал"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>4176</v>
-[...3 lines deleted...]
-      </c>
+        <v>3977</v>
+      </c>
+      <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ВП "УЦ" ПрАТ "УДП"</t>
+          <t>ТОВ "Учбово-тренажерний комплекс "Адмірал"</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>SEPARATED DIVISION "TRAINING CENTER" OF PRIVATE JOINT STOCK COMPANY "Ukrainian Danube Shipping Company"</t>
+          <t>Education-training complex "Admiral" limited liability company</t>
         </is>
       </c>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>68600</t>
+          <t>68094</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA51080030010072039</t>
+          <t>UA51100370030024302</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
-          <t>м. Ізмаїл</t>
+          <t>с. Бурлача Балка</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Ізмаїльська, 9</t>
+          <t>вул. Приморська, 31</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+380952795348</t>
+          <t>(048)7996888</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>trcudp@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R39" s="5"/>
+          <t>admiral-2011@ukr.net</t>
+        </is>
+      </c>
+      <c r="R39" s="5" t="inlineStr">
+        <is>
+          <t>admiral.ua</t>
+        </is>
+      </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Помазан Ольга Олексіївна</t>
+          <t>Чупрова Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Дунайський центр професійної освіти"</t>
+          <t>ВІДОКРЕМЛЕНИЙ ПІДРОЗДІЛ "УЧБОВИЙ ЦЕНТР" ПРИВАТНОГО АКЦІОНЕРНОГО ТОВАРИСТВА "УКРАЇНСЬКЕ ДУНАЙСЬКЕ ПАРОПЛАВСТВО"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>4242</v>
-[...1 lines deleted...]
-      <c r="C40" s="6"/>
+        <v>4176</v>
+      </c>
+      <c r="C40" s="6" t="n">
+        <v>4175</v>
+      </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>Дунайський ЦПО</t>
+          <t>ВП "УЦ" ПрАТ "УДП"</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>VOCATIONAL (VOCATIONAL TECHNICAL) EDUCATIONAL INSTITUTION "DANUВE VOCATIONAL EDUCATION AND TRAINING CENTRE"</t>
+          <t>SEPARATED DIVISION "TRAINING CENTER" OF PRIVATE JOINT STOCK COMPANY "Ukrainian Danube Shipping Company"</t>
         </is>
       </c>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>1966</v>
+        <v>1997</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Ізмаїльська, 7</t>
+          <t>вул. Ізмаїльська, 9</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-413-82-38</t>
+          <t>+380952795348</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>ivpu9@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>trcudp@gmail.com</t>
+        </is>
+      </c>
+      <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Костусєва Наталія Петрівна</t>
+          <t>Помазан Ольга Олексіївна</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Ізмаїльська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Дунайський центр професійної освіти"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>7088</v>
+        <v>4242</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>Ізмаїльська автомобільна школа ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E41" s="5"/>
+          <t>Дунайський ЦПО</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>VOCATIONAL (VOCATIONAL TECHNICAL) EDUCATIONAL INSTITUTION "DANUВE VOCATIONAL EDUCATION AND TRAINING CENTRE"</t>
+        </is>
+      </c>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1995</v>
+        <v>1966</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J41" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Ватутіна, 44</t>
+          <t>вул. Ізмаїльська, 7</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(067)379-92-25</t>
+          <t>+380(48)-413-82-38</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>izmail.osou@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R41" s="5"/>
+          <t>ivpu9@ukr.net</t>
+        </is>
+      </c>
+      <c r="R41" s="5" t="inlineStr">
+        <is>
+          <t>www.ivpu-kdavt.jimbo.com</t>
+        </is>
+      </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Бажак Анатолій Іванович</t>
+          <t>Костусєва Наталія Петрівна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Ізмаїльський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Ізмаїльська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>7086</v>
+        <v>7088</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Ізмаїльська автомобільна школа ТСОУ</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Клушина, 3Б</t>
+          <t>вул. Ватутіна, 44</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
           <t>(067)379-92-25</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
           <t>izmail.osou@ukr.net</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
           <t>Бажак Анатолій Іванович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Навчальний центр Морської охорони Державної прикордонної служби України (військова частина 1499)</t>
+          <t>Ізмаїльський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>4201</v>
+        <v>7086</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>НЦМО (в/ч-1499)</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Гаврила Музиченка, 31</t>
+          <t>вул. Клушина, 3Б</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(048)4123158</t>
-[...2 lines deleted...]
-      <c r="Q43" s="5"/>
+          <t>(067)379-92-25</t>
+        </is>
+      </c>
+      <c r="Q43" s="5" t="inlineStr">
+        <is>
+          <t>izmail.osou@ukr.net</t>
+        </is>
+      </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Командир частини</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Куценко Ілля Володимирович</t>
+          <t>Бажак Анатолій Іванович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Українське Дунайське пароплавство"</t>
+          <t>Навчальний центр Морської охорони Державної прикордонної служби України (військова частина 1499)</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>4175</v>
+        <v>4201</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "УДП"</t>
-[...6 lines deleted...]
-      </c>
+          <t>НЦМО (в/ч-1499)</t>
+        </is>
+      </c>
+      <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J44" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t>Державна прикордонна служба України</t>
+        </is>
+      </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Флотська, 28</t>
+          <t>вул. Гаврила Музиченка, 31</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+380689174013</t>
-[...11 lines deleted...]
-      </c>
+          <t>(048)4123158</t>
+        </is>
+      </c>
+      <c r="Q44" s="5"/>
+      <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Командир частини</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Москаленко Дмитро Олегович</t>
+          <t>Куценко Ілля Володимирович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Ізмаїльський морський тренажерний центр "Марін про сервіс"</t>
+          <t>Приватне акціонерне товариство "Українське Дунайське пароплавство"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>4272</v>
+        <v>4175</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ПП "Ізмаїльський морський тренажерний центр "Марін про сервіс"</t>
+          <t>ПрАТ "УДП"</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>Private enterprise "Izmail maritine training center "MARINE PRO SERVICE"</t>
+          <t>Private Joint-Stock Company "Ukrainian Danube Shipping Company"</t>
         </is>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J45" s="5"/>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Кулікова, 102</t>
+          <t>вул. Флотська, 28</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-414-87-43</t>
+          <t>+380689174013</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>istc@mps.org.ua</t>
-[...2 lines deleted...]
-      <c r="R45" s="5"/>
+          <t>office@udp.one</t>
+        </is>
+      </c>
+      <c r="R45" s="5" t="inlineStr">
+        <is>
+          <t>www.udp.one</t>
+        </is>
+      </c>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Паюк Олена Олександрівна</t>
+          <t>Москаленко Дмитро Олегович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-тренажерний центр "Альфа-Трейнінг"</t>
+          <t>Приватне підприємство "Ізмаїльський морський тренажерний центр "Марін про сервіс"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>3814</v>
+        <v>4272</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УТЦ "Альфа-Трейнінг"</t>
+          <t>ПП "Ізмаїльський морський тренажерний центр "Марін про сервіс"</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>TRAINING CENTRE ''ALFA-TRAINING'' LIMITED LIABILITY COMPANY</t>
+          <t>Private enterprise "Izmail maritine training center "MARINE PRO SERVICE"</t>
         </is>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Кулікова, 31</t>
+          <t>вул. Кулікова, 102</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>0974775222</t>
+          <t>+380(48)-414-87-43</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>tc_alfa-training@ukr.net</t>
+          <t>istc@mps.org.ua</t>
         </is>
       </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Кутафіна Ольга Дмитрівна</t>
+          <t>Паюк Олена Олександрівна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "ІСРЗ"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-тренажерний центр "Альфа-Трейнінг"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>3864</v>
+        <v>3814</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "ІСРЗ"</t>
+          <t>ТОВ "УТЦ "Альфа-Трейнінг"</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>PRIVATE STOCK COMPANY «ISRY»</t>
+          <t>TRAINING CENTRE ''ALFA-TRAINING'' LIMITED LIABILITY COMPANY</t>
         </is>
       </c>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>68093</t>
+          <t>68600</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA51100370040097215</t>
+          <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>с. Малодолинське</t>
+          <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 59-Б</t>
+          <t>вул. Кулікова, 31</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>+38 048 796 57 40</t>
+          <t>0974775222</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>training_centre@isrz.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>tc_alfa-training@ukr.net</t>
+        </is>
+      </c>
+      <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Голова правління</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Дудніков Михайло Юрійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Кутафіна Ольга Дмитрівна</t>
+        </is>
+      </c>
+      <c r="U47" s="8"/>
+      <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Подільський професійний ліцей"</t>
+          <t>Приватне акціонерне товариство "ІСРЗ"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>2123</v>
+        <v>3864</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Подільський ПЛ"</t>
-[...2 lines deleted...]
-      <c r="E48" s="5"/>
+          <t>ПРАТ "ІСРЗ"</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE STOCK COMPANY «ISRY»</t>
+        </is>
+      </c>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>66300</t>
+          <t>68093</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA51120190010049331</t>
+          <t>UA51100370040097215</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Подільськ</t>
+          <t>с. Малодолинське</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Короленка, 1</t>
+          <t>вул. Космонавтів, 59-Б</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(04862)2-32-68,25602</t>
+          <t>+38 048 796 57 40</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>profliceypodolsk@ukr.net</t>
+          <t>training_centre@isrz.net</t>
         </is>
       </c>
       <c r="R48" s="5" t="inlineStr">
         <is>
-          <t>http://dnz-kpl.info/entrants.html</t>
+          <t>isrz.net</t>
         </is>
       </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова правління</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Новицький Василь Степанович</t>
-[...3 lines deleted...]
-      <c r="V48" s="5"/>
+          <t>Дудніков Михайло Юрійович</t>
+        </is>
+      </c>
+      <c r="U48" s="8" t="n">
+        <v>44069</v>
+      </c>
+      <c r="V48" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Котовська технічна школа товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Подільський професійний ліцей"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>6810</v>
+        <v>2123</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ДНЗ "Подільський ПЛ"</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
-      <c r="G49" s="6"/>
+      <c r="G49" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J49" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
           <t>66300</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
           <t>UA51120190010049331</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Подільськ</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Комсомольська, 176 А</t>
+          <t>вул. Короленка, 1</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(099)173-73-62</t>
+          <t>(04862)2-32-68,25602</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>tsou_kot@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R49" s="5"/>
+          <t>profliceypodolsk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R49" s="5" t="inlineStr">
+        <is>
+          <t>http://dnz-kpl.info/entrants.html</t>
+        </is>
+      </c>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Дупак Сергій Анатолійович</t>
+          <t>Новицький Василь Степанович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Іллічівський професійний судноремонтний ліцей"</t>
+          <t>Котовська технічна школа товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>2142</v>
+        <v>6810</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Іллічівський професійний судноремонтний ліцей"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
-      <c r="G50" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G50" s="6"/>
       <c r="H50" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J50" s="5"/>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>68000</t>
+          <t>66300</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA51100370010020298</t>
+          <t>UA51120190010049331</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>м. Чорноморськ</t>
+          <t>м. Подільськ</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги, 93</t>
+          <t>вул. Комсомольська, 176 А</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(067)582 42 88, (063)469 09 89</t>
+          <t>(099)173-73-62</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>ipsl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>tsou_kot@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Світлична Ганна Антоніївна</t>
+          <t>Дупак Сергій Анатолійович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Професійно-технічний навчальний заклад "Чорноморський"</t>
+          <t>Державний навчальний заклад "Іллічівський професійний судноремонтний ліцей"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>3957</v>
+        <v>2142</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ПТНЗ "Чорноморський"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Іллічівський професійний судноремонтний ліцей"</t>
+        </is>
+      </c>
+      <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>2016</v>
+        <v>1981</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J51" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>68093</t>
+          <t>68000</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA51100370010020298</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Чорноморськ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 59-Б</t>
+          <t>вул. Перемоги, 93</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+38 048 709 74 08</t>
+          <t>(067)582 42 88, (063)469 09 89</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>chornomorskyi@ukr.net</t>
+          <t>ipsl@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>chernomorskiy.hqsite.online</t>
+          <t>http://ipsl15.at.ua</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Вітковський Олексій Сергійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Світлична Ганна Антоніївна</t>
+        </is>
+      </c>
+      <c r="U51" s="8"/>
+      <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПІДГОТОВКИ МОРЯКІВ-"АВАНТ"</t>
+          <t>Товариство з обмеженою відповідальністю "Професійно-технічний навчальний заклад "Чорноморський"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>4100</v>
+        <v>3957</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦПМ-"АВАНТ"</t>
+          <t>ТОВ "ПТНЗ "Чорноморський"</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>TRAINING CENTRE OF SEAFARERS "AVANT" LIMITED LIABILITY COMPANY</t>
+          <t>"Professional technikal education centre Chornomorskyi"</t>
         </is>
       </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>2003</v>
+        <v>2016</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J52" s="5"/>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>68001</t>
+          <t>68093</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA51100370010020298</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Чорноморськ</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги, 93</t>
+          <t>вул. Космонавтів, 59-Б</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>+048(70)-539-99</t>
+          <t>+38 048 709 74 08</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>info@avant.od.ua</t>
+          <t>chornomorskyi@ukr.net</t>
         </is>
       </c>
       <c r="R52" s="5" t="inlineStr">
         <is>
-          <t>www.tcsavant.com</t>
+          <t>chernomorskiy.hqsite.online</t>
         </is>
       </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Булах Іван Васильович</t>
-[...3 lines deleted...]
-      <c r="V52" s="5"/>
+          <t>Вітковський Олексій Сергійович</t>
+        </is>
+      </c>
+      <c r="U52" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V52" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Ананьївський професійний аграрний ліцей"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ПІДГОТОВКИ МОРЯКІВ-"АВАНТ"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>1803</v>
+        <v>4100</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Ананьївський ПАЛ"</t>
-[...2 lines deleted...]
-      <c r="E53" s="5"/>
+          <t>ТОВ "ЦПМ-"АВАНТ"</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>TRAINING CENTRE OF SEAFARERS "AVANT" LIMITED LIABILITY COMPANY</t>
+        </is>
+      </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1963</v>
+        <v>2003</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J53" s="5"/>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>66400</t>
+          <t>68001</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA51120010010049617</t>
+          <t>UA51100370010020298</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>м. Ананьїв</t>
+          <t>м. Чорноморськ</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Ніщинського, 7</t>
+          <t>вул. Перемоги, 93</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(04863)2-14-16, (04863)2-25-02</t>
+          <t>+048(70)-539-99</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>anpal44@ua.fm</t>
+          <t>info@avant.od.ua</t>
         </is>
       </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
-          <t>anpal.at.ua</t>
+          <t>www.tcsavant.com</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Медюк Галина Андріївна</t>
+          <t>Булах Іван Васильович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Арцизький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Ананьївський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>7074</v>
+        <v>1803</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>Арцизький РСТК ТСОУ</t>
+          <t>ДНЗ "Ананьївський ПАЛ"</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1998</v>
+        <v>1963</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J54" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J54" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>68400</t>
+          <t>66400</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA51060010010032913</t>
+          <t>UA51120010010049617</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>м. Арциз</t>
+          <t>м. Ананьїв</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Вокзальна, 6</t>
+          <t>вул. Ніщинського, 7</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(067)454-49-92</t>
+          <t>(04863)2-14-16, (04863)2-25-02</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>arciz-rstk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>anpal44@ua.fm</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>anpal.at.ua</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Язаджи Микола Іванович</t>
+          <t>Медюк Галина Андріївна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Березівське вище професійне училище Національного університету "Одеська політехніка "</t>
+          <t>Арцизький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>5773</v>
-[...3 lines deleted...]
-      </c>
+        <v>7074</v>
+      </c>
+      <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>БВПУ Одеська політехніка</t>
-[...6 lines deleted...]
-      </c>
+          <t>Арцизький РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E55" s="5"/>
       <c r="F55" s="7"/>
-      <c r="G55" s="6"/>
+      <c r="G55" s="6" t="n">
+        <v>1998</v>
+      </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J55" s="5"/>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>67300</t>
+          <t>68400</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA51020030010083756</t>
+          <t>UA51060010010032913</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>м. Березівка</t>
+          <t>м. Арциз</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги, 21</t>
+          <t>вул. Вокзальна, 6</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-562-12-32</t>
+          <t>(067)454-49-92</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>bvpu-osvita@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>arciz-rstk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Шевченко Максим Григорович</t>
+          <t>Язаджи Микола Іванович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Болградський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Відокремлений структурний підрозділ "Березівське вище професійне училище Національного університету "Одеська політехніка "</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>6817</v>
-[...1 lines deleted...]
-      <c r="C56" s="6"/>
+        <v>5773</v>
+      </c>
+      <c r="C56" s="6" t="n">
+        <v>5754</v>
+      </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Болградський РСТК ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E56" s="5"/>
+          <t>БВПУ Одеська політехніка</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>Separate structural subdivision "Berezivka Higher Vocational School of Odessa Polytechnic National University"</t>
+        </is>
+      </c>
       <c r="F56" s="7"/>
-      <c r="G56" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G56" s="6"/>
       <c r="H56" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J56" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J56" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>68702</t>
+          <t>67300</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA51060030010048411</t>
+          <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>м. Болград</t>
+          <t>м. Березівка</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Училищна, 15</t>
+          <t>вул. Перемоги, 21</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>(097)153-50-90</t>
+          <t>+380(48)-562-12-32</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>bolgradrstkosoy@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R56" s="5"/>
+          <t>bvpu-osvita@ukr.net</t>
+        </is>
+      </c>
+      <c r="R56" s="5" t="inlineStr">
+        <is>
+          <t>bvpuonpu.odessaedu.net</t>
+        </is>
+      </c>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Паскалов Володимир Іванович</t>
+          <t>Шевченко Максим Григорович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Комінтернівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Болградський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>7067</v>
+        <v>6817</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Болградський РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1965</v>
+        <v>1974</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J57" s="5"/>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>67500</t>
+          <t>68702</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA51100170010032070</t>
+          <t>UA51060030010048411</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
-          <t>с-ще Доброслав</t>
+          <t>м. Болград</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Зоряна, 41</t>
+          <t>вул. Училищна, 15</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>(097)462-45-08</t>
+          <t>(097)153-50-90</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>komintern-rstk@ukr.net</t>
+          <t>bolgradrstkosoy@ukr.net</t>
         </is>
       </c>
       <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Мойсеєв Вадим Степанович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Паскалов Володимир Іванович</t>
+        </is>
+      </c>
+      <c r="U57" s="8"/>
+      <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Захарівський професійний ліцей"</t>
+          <t>Комінтернівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>2212</v>
+        <v>7067</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "ЗПЛ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>1990</v>
+        <v>1965</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J58" s="5"/>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>66700</t>
+          <t>67500</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA51140070010053225</t>
+          <t>UA51100170010032070</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>с-ще Захарівка</t>
+          <t>с-ще Доброслав</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Шкільна, 24</t>
+          <t>вул. Зоряна, 41</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>04860 913 98</t>
+          <t>(097)462-45-08</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>zakharivskiypl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>komintern-rstk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>тимчасово виконуюча обов’язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Кобелева Алла Йосипівна</t>
-[...3 lines deleted...]
-      <c r="V58" s="5"/>
+          <t>Мойсеєв Вадим Степанович</t>
+        </is>
+      </c>
+      <c r="U58" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V58" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій в Одеській області</t>
+          <t>Державний професійно-технічний навчальний заклад "Захарівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>3328</v>
+        <v>2212</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>АРЗ СП ГУ ДСНС України в Одеській області</t>
-[...2 lines deleted...]
-      <c r="E59" s="5"/>
+          <t>ДПТНЗ "ЗПЛ"</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>State vocational and technical educational institution "Zakharivka professional lyceum"</t>
+        </is>
+      </c>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>65085</t>
+          <t>66700</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51140070010053225</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
-          <t>м. Одеса</t>
+          <t>с-ще Захарівка</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>Тираспольське шосе , 14</t>
+          <t>вул. Шкільна, 24</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(048)778-84-28</t>
+          <t>04860 913 98</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>arz_sp_od@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R59" s="5"/>
+          <t>zakharivskiypl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R59" s="5" t="inlineStr">
+        <is>
+          <t>https://zpl47.od.ua</t>
+        </is>
+      </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>Начальник АРЗ СП ГУ ДСНС України в Одеській області</t>
+          <t>тимчасово виконуюча обов’язки директора</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Задояний Андрій Вікторович</t>
+          <t>Кобелева Алла Йосипівна</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Ісаєвський професійний аграрний ліцей"</t>
+          <t>Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій в Одеській області</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>1976</v>
+        <v>3328</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Ісаєвський ПАЛ"</t>
+          <t>АРЗ СП ГУ ДСНС України в Одеській області</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+          <t>Державна служба України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>67023</t>
+          <t>65085</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA51020010050032851</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
-          <t>с. Ісаєве</t>
+          <t>м. Одеса</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна, 15</t>
+          <t>Тираспольське шосе , 14</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>(04857)90-230; 90-231; 90-233</t>
+          <t>(048)778-84-28</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>isaeve_pal48@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>arz_sp_od@ukr.net</t>
+        </is>
+      </c>
+      <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник АРЗ СП ГУ ДСНС України в Одеській області</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Ісаєнко Сергій Анатолійович</t>
+          <t>Задояний Андрій Вікторович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Кілійський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Ісаєвський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>1911</v>
+        <v>1976</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Кілійський ПЛ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Ісаєвський ПАЛ"</t>
+        </is>
+      </c>
+      <c r="E61" s="5"/>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
-        <v>1945</v>
+        <v>1991</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>68303</t>
+          <t>67023</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA51080050010036449</t>
+          <t>UA51020010050032851</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
-          <t>м. Кілія</t>
+          <t>с. Ісаєве</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 6</t>
+          <t>вул. Набережна, 15</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>0484341491</t>
+          <t>(04857)90-230; 90-231; 90-233</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>dnz_kpl@ukr.net</t>
+          <t>isaeve_pal48@ukr.net</t>
         </is>
       </c>
       <c r="R61" s="5" t="inlineStr">
         <is>
-          <t>kpL.in.ua</t>
+          <t>isaeve.inf.ua</t>
         </is>
       </c>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>П`ятун Наталя Дмитрівна</t>
+          <t>Ісаєнко Сергій Анатолійович</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Лиманський професійний аграрний ліцей"</t>
+          <t>Державний навчальний заклад "Кілійський професійний ліцей"</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>1747</v>
+        <v>1911</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Лиманський ПАЛ"</t>
-[...2 lines deleted...]
-      <c r="E62" s="5"/>
+          <t>ДНЗ "Кілійський ПЛ"</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution "Kiliya professional lyceum"</t>
+        </is>
+      </c>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>1977</v>
+        <v>1945</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>67452</t>
+          <t>68303</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA51140090010063072</t>
+          <t>UA51080050010036449</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
-          <t>с-ще Лиманське</t>
+          <t>м. Кілія</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Чкалова, 1</t>
+          <t>вул. Миру, 6</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>825334191</t>
+          <t>0484341491</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>pto_1947@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R62" s="5"/>
+          <t>dnz_kpl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R62" s="5" t="inlineStr">
+        <is>
+          <t>kpL.in.ua</t>
+        </is>
+      </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Мерченко Яна Сергіївна</t>
+          <t>П`ятун Наталя Дмитрівна</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>ЛЮБАШІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Державний навчальний заклад "Лиманський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>7059</v>
+        <v>1747</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>ЛЮБАШІВСЬКИЙ РСТК ТСОУ</t>
+          <t>ДНЗ "Лиманський ПАЛ"</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
-        <v>2007</v>
+        <v>1977</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J63" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J63" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>66502</t>
+          <t>67452</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA51120130010021276</t>
+          <t>UA51140090010063072</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
-          <t>с-ще Любашівка</t>
+          <t>с-ще Лиманське</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Софіївська, 18</t>
+          <t>вул. Чкалова, 1</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>(097)378-19-45</t>
+          <t>825334191</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>lrstk2017@ukr.net</t>
+          <t>pto_1947@ukr.net</t>
         </is>
       </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Гладкий Ігор Михайлович</t>
+          <t>Мерченко Яна Сергіївна</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Одеський центр професійно-технічної освіти"</t>
+          <t>ЛЮБАШІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>1744</v>
+        <v>7059</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ ОЦПТО</t>
+          <t>ЛЮБАШІВСЬКИЙ РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
       <c r="G64" s="6" t="n">
-        <v>1944</v>
+        <v>2007</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J64" s="5"/>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>67801</t>
+          <t>66502</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA51100250010074682</t>
+          <t>UA51120130010021276</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
-          <t>с-ще Овідіополь</t>
+          <t>с-ще Любашівка</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Театральна, 3</t>
+          <t>вул. Софіївська, 18</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>048 726 53 34; 726 38 66</t>
+          <t>(097)378-19-45</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>ptu_odessa@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lrstk2017@ukr.net</t>
+        </is>
+      </c>
+      <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Сущенко Сергій Борисович</t>
+          <t>Гладкий Ігор Михайлович</t>
         </is>
       </c>
       <c r="U64" s="8"/>
       <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>РОЗДІЛЬНЯНСЬКА АВТОМОБІЛЬНА ШКОЛА ОДЕСЬКОЇ ОБЛАСНОЇ ОРГАНІЗАЦІЇ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Державний навчальний заклад "Одеський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>7316</v>
+        <v>1744</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>РОЗДІЛЬНЯНСЬКА АШ ООО ТСОУ</t>
+          <t>ДНЗ ОЦПТО</t>
         </is>
       </c>
       <c r="E65" s="5"/>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>1995</v>
+        <v>1944</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J65" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J65" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>67400</t>
+          <t>67801</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA51140130010040641</t>
+          <t>UA51100250010074682</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
-          <t>м. Роздільна</t>
+          <t>с-ще Овідіополь</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>вул. Європейська, 2</t>
+          <t>вул. Театральна, 3</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>(066)533-20-19</t>
+          <t>048 726 53 34; 726 38 66</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>tsou_kot@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R65" s="5"/>
+          <t>ptu_odessa@ukr.net</t>
+        </is>
+      </c>
+      <c r="R65" s="5" t="inlineStr">
+        <is>
+          <t>https://profosvita.od.ua/</t>
+        </is>
+      </c>
       <c r="S65" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Дупак Олена Володимирівна</t>
+          <t>Сущенко Сергій Борисович</t>
         </is>
       </c>
       <c r="U65" s="8"/>
       <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти «Північний професійний коледж»</t>
+          <t>РОЗДІЛЬНЯНСЬКА АВТОМОБІЛЬНА ШКОЛА ОДЕСЬКОЇ ОБЛАСНОЇ ОРГАНІЗАЦІЇ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>1751</v>
+        <v>7316</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>ЗП (ПТ) О «ПІВНІЧНИЙ ПК»</t>
-[...6 lines deleted...]
-      </c>
+          <t>РОЗДІЛЬНЯНСЬКА АШ ООО ТСОУ</t>
+        </is>
+      </c>
+      <c r="E66" s="5"/>
       <c r="F66" s="7"/>
       <c r="G66" s="6" t="n">
-        <v>1963</v>
+        <v>1995</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J66" s="5"/>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>66200</t>
+          <t>67400</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA51120210010092672</t>
+          <t>UA51140130010040641</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
-          <t>с-ще Саврань</t>
+          <t>м. Роздільна</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 28</t>
+          <t>вул. Європейська, 2</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>+38(048)-653-13-85</t>
-[...2 lines deleted...]
-      <c r="Q66" s="5"/>
+          <t>(066)533-20-19</t>
+        </is>
+      </c>
+      <c r="Q66" s="5" t="inlineStr">
+        <is>
+          <t>tsou_kot@ukr.net</t>
+        </is>
+      </c>
       <c r="R66" s="5"/>
       <c r="S66" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Жирун Ярослава Борисівна</t>
+          <t>Дупак Олена Володимирівна</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Старокозацький професійний аграрний ліцей"</t>
+          <t>Заклад професійної (професійно-технічної) освіти «Північний професійний коледж»</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>1898</v>
+        <v>1751</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Старокозацький ПАЛ"</t>
+          <t>ЗП (ПТ) О «ПІВНІЧНИЙ ПК»</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Старокозацький професійний аграрний ліцей"</t>
+          <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION «NORTHERN PROFESSIONAL COLLEGE»</t>
         </is>
       </c>
       <c r="F67" s="7"/>
       <c r="G67" s="6" t="n">
         <v>1963</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>67730</t>
+          <t>66200</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA51040230010038726</t>
+          <t>UA51120210010092672</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
-          <t>с. Старокозаче</t>
+          <t>с-ще Саврань</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Малиновського, 30</t>
+          <t>вул. Соборна, 28</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>0638751266;</t>
+          <t>+38(048)-653-13-85</t>
         </is>
       </c>
       <c r="Q67" s="5"/>
       <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Орлов Євген Юрійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Жирун Ярослава Борисівна</t>
+        </is>
+      </c>
+      <c r="U67" s="8"/>
+      <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Степанівський міжшкільний навчально-виробничий комбінат Степанівської сільської ради Роздільнянського району Одеської області</t>
+          <t>Державний навчальний заклад "Старокозацький професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>2928</v>
+        <v>1898</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>Степанівський МНВК</t>
-[...2 lines deleted...]
-      <c r="E68" s="5"/>
+          <t>ДНЗ "Старокозацький ПАЛ"</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>Державний навчальний заклад "Старокозацький професійний аграрний ліцей"</t>
+        </is>
+      </c>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>2000</v>
+        <v>1963</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J68" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>67430</t>
+          <t>67730</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA51140150010036771</t>
+          <t>UA51040230010038726</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
-          <t>с. Степанівка</t>
+          <t>с. Старокозаче</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Дружби, 3</t>
+          <t>вул. Малиновського, 30</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>0485325336</t>
-[...6 lines deleted...]
-      </c>
+          <t>0638751266;</t>
+        </is>
+      </c>
+      <c r="Q68" s="5"/>
       <c r="R68" s="5"/>
       <c r="S68" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Будніченко Людмила Петрівна</t>
-[...3 lines deleted...]
-      <c r="V68" s="5"/>
+          <t>Орлов Євген Юрійович</t>
+        </is>
+      </c>
+      <c r="U68" s="8" t="n">
+        <v>45988</v>
+      </c>
+      <c r="V68" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Тарутинський професійний аграрний ліцей"</t>
+          <t>Степанівський міжшкільний навчально-виробничий комбінат Степанівської сільської ради Роздільнянського району Одеської області</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>1894</v>
+        <v>2928</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Тарутинський ПАЛ"</t>
+          <t>Степанівський МНВК</t>
         </is>
       </c>
       <c r="E69" s="5"/>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>1974</v>
+        <v>2000</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J69" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>68500</t>
+          <t>67430</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA51060170010058387</t>
+          <t>UA51140150010036771</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
-          <t>с-ще Бессарабське</t>
+          <t>с. Степанівка</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>вул. Красна, 185</t>
+          <t>вул. Дружби, 3</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>+38(048)-473-11-58; +38(048)-473-12-11;</t>
-[...2 lines deleted...]
-      <c r="Q69" s="5"/>
+          <t>0485325336</t>
+        </is>
+      </c>
+      <c r="Q69" s="5" t="inlineStr">
+        <is>
+          <t>upk.mnvk-9363@ukr.net</t>
+        </is>
+      </c>
       <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Ростя Анна Володимирівна</t>
+          <t>Будніченко Людмила Петрівна</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Татарбунарське професійно-технічне аграрне училище"</t>
+          <t>Державний навчальний заклад "Тарутинський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>2022</v>
+        <v>1894</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ТПТАУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Тарутинський ПАЛ"</t>
+        </is>
+      </c>
+      <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>1988</v>
+        <v>1974</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>68100</t>
+          <t>68500</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA51040250010015619</t>
+          <t>UA51060170010058387</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>м. Татарбунари</t>
+          <t>с-ще Бессарабське</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 1</t>
+          <t>вул. Красна, 185</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>(048-44)3-17-59</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(048)-473-11-58; +38(048)-473-12-11;</t>
+        </is>
+      </c>
+      <c r="Q70" s="5"/>
+      <c r="R70" s="5"/>
       <c r="S70" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Кабак Олег Юхимович</t>
+          <t>Ростя Анна Володимирівна</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Арцизький професійний аграрний ліцей"</t>
+          <t>Державний навчальний заклад "Татарбунарське професійно-технічне аграрне училище"</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>1917</v>
+        <v>2022</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "АПАЛ"</t>
-[...2 lines deleted...]
-      <c r="E71" s="5"/>
+          <t>ДНЗ "ТПТАУ"</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>"State Educational Institution" Tatarbynary vocational agricultural school</t>
+        </is>
+      </c>
       <c r="F71" s="7"/>
       <c r="G71" s="6" t="n">
-        <v>1963</v>
+        <v>1988</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>68421</t>
+          <t>68100</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
-          <t>UA51060190010010897</t>
+          <t>UA51040250010015619</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
-          <t>с. Теплиця</t>
+          <t>м. Татарбунари</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 149</t>
+          <t>вул. Центральна, 1</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-926-03-26;</t>
-[...3 lines deleted...]
-      <c r="R71" s="5"/>
+          <t>(048-44)3-17-59</t>
+        </is>
+      </c>
+      <c r="Q71" s="5" t="inlineStr">
+        <is>
+          <t>tptau@ukr.net</t>
+        </is>
+      </c>
+      <c r="R71" s="5" t="inlineStr">
+        <is>
+          <t>tptau.od.ua</t>
+        </is>
+      </c>
       <c r="S71" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Гавриленко Ірина Володимирівна</t>
+          <t>Кабак Олег Юхимович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Комунальна установа "Центр професійної реабілітації інвалідів"</t>
+          <t>Державний навчальний заклад "Арцизький професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>2931</v>
+        <v>1917</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "АПАЛ"</t>
+        </is>
+      </c>
+      <c r="E72" s="5"/>
       <c r="F72" s="7"/>
       <c r="G72" s="6" t="n">
-        <v>2000</v>
+        <v>1963</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J72" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>67660</t>
+          <t>68421</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA51100230040034735</t>
+          <t>UA51060190010010897</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
-          <t>с. Холодна Балка</t>
+          <t>с. Теплиця</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Санаторна, 1</t>
+          <t>вул. Центральна, 149</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>048-303450,048-303474</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(098)-926-03-26;</t>
+        </is>
+      </c>
+      <c r="Q72" s="5"/>
       <c r="R72" s="5"/>
       <c r="S72" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Осіпенко Єлизавета Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Гавриленко Ірина Володимирівна</t>
+        </is>
+      </c>
+      <c r="U72" s="8"/>
+      <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Цебриківський професійний аграрний ліцей"</t>
+          <t>Комунальна установа "Центр професійної реабілітації інвалідів"</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>1752</v>
+        <v>2931</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Цебриківський ПАЛ "</t>
-[...2 lines deleted...]
-      <c r="E73" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>КУ "Центр професійної реабілітації інвалідів"</t>
+        </is>
+      </c>
       <c r="F73" s="7"/>
       <c r="G73" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J73" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>67130</t>
+          <t>67660</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
-          <t>UA51140170010087186</t>
+          <t>UA51100230040034735</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
-          <t>с-ще Цебрикове</t>
+          <t>с. Холодна Балка</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Підгірна, 5</t>
+          <t>вул. Санаторна, 1</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>0485923254,0485923352</t>
+          <t>048-303450,048-303474</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>procepjanvn@gmail.com</t>
+          <t>ev15@ukr.net</t>
         </is>
       </c>
       <c r="R73" s="5"/>
       <c r="S73" s="5" t="inlineStr">
         <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T73" s="5" t="inlineStr">
+        <is>
+          <t>Осіпенко Єлизавета Вікторівна</t>
+        </is>
+      </c>
+      <c r="U73" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V73" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="inlineStr">
+        <is>
+          <t>Державний навчальний заклад "Цебриківський професійний аграрний ліцей"</t>
+        </is>
+      </c>
+      <c r="B74" s="6" t="n">
+        <v>1752</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t>ДНЗ "Цебриківський ПАЛ "</t>
+        </is>
+      </c>
+      <c r="E74" s="5"/>
+      <c r="F74" s="7"/>
+      <c r="G74" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I74" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J74" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="K74" s="7" t="inlineStr">
+        <is>
+          <t>67130</t>
+        </is>
+      </c>
+      <c r="L74" s="7" t="inlineStr">
+        <is>
+          <t>UA51140170010087186</t>
+        </is>
+      </c>
+      <c r="M74" s="5" t="inlineStr">
+        <is>
+          <t>Одеська обл.</t>
+        </is>
+      </c>
+      <c r="N74" s="5" t="inlineStr">
+        <is>
+          <t>с-ще Цебрикове</t>
+        </is>
+      </c>
+      <c r="O74" s="5" t="inlineStr">
+        <is>
+          <t>вул. Підгірна, 5</t>
+        </is>
+      </c>
+      <c r="P74" s="5" t="inlineStr">
+        <is>
+          <t>0485923254,0485923352</t>
+        </is>
+      </c>
+      <c r="Q74" s="5" t="inlineStr">
+        <is>
+          <t>procepjanvn@gmail.com</t>
+        </is>
+      </c>
+      <c r="R74" s="5"/>
+      <c r="S74" s="5" t="inlineStr">
+        <is>
           <t>В.о. директора</t>
         </is>
       </c>
-      <c r="T73" s="5" t="inlineStr">
+      <c r="T74" s="5" t="inlineStr">
         <is>
           <t>Процепко Валерій Миколайович</t>
         </is>
       </c>
-      <c r="U73" s="8"/>
-      <c r="V73" s="5"/>
+      <c r="U74" s="8"/>
+      <c r="V74" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V73"/>
+  <autoFilter ref="A1:V74"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>