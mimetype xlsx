--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -1666,51 +1666,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Канатна, 99</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
           <t>(048)784 57 32</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
           <t>osau@osau.edu.ua, ogsi@te.net.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
           <t>osau.edu.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Брошков Михайло Михайлович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Одеський державний університет внутрішніх справ</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>306</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>ОДУВС</t>
         </is>
       </c>
@@ -2840,56 +2840,56 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>68600</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA51080030010072039</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Фанагорійська, 9</t>
+          <t>просп. Миру, 15</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>048-771-61-01</t>
+          <t>+38(048)-771-61-01</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>dinuoma@onma.edu.ua</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
           <t>dinuoma.com.ua</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Чимшир Валентин Іванович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>