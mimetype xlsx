--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -717,51 +717,51 @@
           <t>65029</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Кузнечна, 1</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(048)705-03-33</t>
+          <t>+38(048)-705-03-33</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>suitt@suitt.edu.ua</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>https://suitt.edu.ua/</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Назаренко Олександр Аскольдович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
@@ -926,224 +926,224 @@
         <is>
           <t>ooiuvadm@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>https://oano.od.ua/</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Задорожна Любов Кирилівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Міжнародний гуманітарний університет</t>
+          <t>Міжнародний університет</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>353</v>
+        <v>5796</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>МГУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J9" s="5"/>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>65009</t>
+          <t>65039</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Фонтанська дорога, 33</t>
+          <t>вул. Бісквітний, 3</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+38(048)-715-38-28</t>
+          <t>+380(48)-715-38-28</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>mgu_rektorat@ukr.net</t>
+          <t>mu_rektorat@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>https://mu.od.ua</t>
+          <t>mu.edu.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Громовенко Костянтин Вікторович</t>
-[...3 lines deleted...]
-      <c r="V9" s="5"/>
+          <t>Райчева Лариса Іванівна</t>
+        </is>
+      </c>
+      <c r="U9" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V9" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Міжнародний університет</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>5796</v>
+        <v>353</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E10" s="5"/>
+          <t>МУ</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t>International University</t>
+        </is>
+      </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2019</v>
+        <v>2002</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J10" s="5"/>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>65039</t>
+          <t>65009</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Бісквітний, 3</t>
+          <t>вул. Фонтанська дорога, 33</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>+380(48)-715-38-28</t>
+          <t>+38(048)-715-38-28</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>mu_rektorat@ukr.net</t>
+          <t>mgu_rektorat@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>mu.edu.ua</t>
+          <t>https://mu.od.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Райчева Лариса Іванівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Громовенко Костянтин Вікторович</t>
+        </is>
+      </c>
+      <c r="U10" s="8"/>
+      <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Національний університет "Одеська морська академія"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>161</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>НУОМА</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>National University "Odessa Maritime Academy"</t>
         </is>
       </c>
       <c r="F11" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
@@ -1459,117 +1459,117 @@
           <t>65029</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Дідріхсона, 4</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(048)7233342,7234092,7236904</t>
+          <t>+38(048)-723-33-42</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>list@ogasa.org.ua</t>
+          <t>list@odaba.edu.ua</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
           <t>http://odaba.edu.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Ковров Анатолій Володимирович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Одеська національна музична академія імені А.В. Нежданової</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>118</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>ОНМА ім. А.В. Нежданової</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>А.V.Nezhdanova Odesa National Academy of Music</t>
         </is>
       </c>
       <c r="F15" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G15" s="6" t="n">
         <v>1913</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
           <t>65023</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>вул. Новосельського, 63</t>
@@ -1745,65 +1745,53 @@
       <c r="K17" s="7" t="inlineStr">
         <is>
           <t>65014</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Одеська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Успенська, 1</t>
         </is>
       </c>
-      <c r="P17" s="5" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="P17" s="5"/>
+      <c r="Q17" s="5"/>
+      <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Давиденко В`ячеслав Віталійович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Одеський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>1183</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>249</v>
       </c>
@@ -2026,51 +2014,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Преображенська, 8</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
           <t>(048)723-61-58</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>mail@oneu.edu.ua</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
           <t>http://oneu.edu.ua</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Ковальов Анатолій Іванович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Одеський національний медичний університет</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>188</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>ОНМедУ</t>
         </is>
       </c>
@@ -2122,51 +2110,51 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
           <t>пров. Валіховський, 2</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
           <t>(048) 723-22-15,723-42-49</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
           <t>office@onmedu.edu.ua</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
           <t>http://onmedu.edu.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Запорожан Валерій Миколайович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Одеський національний морський університет</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>220</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>ОНМУ</t>
         </is>
       </c>
@@ -2218,56 +2206,56 @@
           <t>м. Одеса</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Мечникова, 34</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>+38(048)7283131, 7321735</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>office@onmu.org.ua</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>www.onmu.org.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Руденко Сергій Васильович</t>
+          <t>Савельєва Ірина Владиславівна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Одеський національний технологічний університет</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>51</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ОНТУ</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Odesa National University of Technology</t>
         </is>
       </c>
@@ -2499,51 +2487,51 @@
           <t>вул. Яши Гордієнко, 62</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
           <t>+380 (98)961-72-72</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
           <t>info@omi.com.ua</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
           <t>https://omi.com.ua/</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов'язки ректора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Ревурко Петро Петрович</t>
+          <t>Мінковський Валерій Іванович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти "Одеський технологічний університет "ШАГ""</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
         <v>4194</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <t>Одеський технологічний університет "ШАГ"</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>Private Higher Educational Institution "Odesa Technologiсal University "STEP""</t>
         </is>
       </c>
@@ -2956,51 +2944,51 @@
           <t>м. Ізмаїл</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Рєпіна, 12</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>+38 (04841) 6-30-01; +38 (094) 95-65-001</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>idgu@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
           <t>http://www.idgu.edu.ua/</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов'язків ректора</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
           <t>Кічук Ярослав Валерійович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Придунайська філія Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>1175</v>
       </c>
       <c r="C31" s="6" t="n">
         <v>249</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>Придунайська філія ПрАТ «ВНЗ «МАУП»</t>