--- v0 (2025-11-05)
+++ v1 (2026-03-16)
@@ -360,59 +360,63 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>56100</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA48020010260042301</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Андріївка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>вул. Перемоги, 17</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>21487; 21391;</t>
-[...2 lines deleted...]
-      <c r="Q2" s="5"/>
+          <t>+38(214)-872-13-91</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>apty42@ukr.net</t>
+        </is>
+      </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Бенюх Юрій Іванович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>