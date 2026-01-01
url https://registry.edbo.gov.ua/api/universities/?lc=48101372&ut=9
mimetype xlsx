--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -553,63 +553,59 @@
           <t>54017</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Севастопольська, 2</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+38(0512)47-74-87, +38(0512)47-80-67, +38(0512)47-81-90 +38(097)440-39-01</t>
+          <t>0512 478067; 0974403901;</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>mkmm2@ukr.net</t>
         </is>
       </c>
-      <c r="R4" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Сирота Анатолій Архипович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 