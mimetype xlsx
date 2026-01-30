--- v0 (2025-10-15)
+++ v1 (2026-01-30)
@@ -306,112 +306,112 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Коледж Приватного закладу вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>
+          <t>Відокремлений структурний підрозділ «Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика»</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2744</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>1365</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>Коледж ПЗВО "МКУ імені Пилипа Орлика"</t>
+          <t>ВСП "Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика"</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>College Private Institution of Higher Education Pylyp Orlyk International Classical University</t>
+          <t>Separate Structural Unit “Professional College of Pylyp Orlyk International Classical University”</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2014</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54039</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Котельна, 2</t>
+          <t>вул. Шнеєрсона, 12</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0512) 550736; 593001</t>
+          <t>+38(051)-255-07-36</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>info@mku.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Навроцький Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>