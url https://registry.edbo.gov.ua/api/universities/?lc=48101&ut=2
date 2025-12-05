--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -2704,58 +2704,52 @@
         <is>
           <t>вул. Громадянський узвіз, 1/1</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>+051(27)-098-58</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>shushlud@gmail.com</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Пономаренко Володимир Вікторович</t>
         </is>
       </c>
-      <c r="U29" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U29" s="8"/>
+      <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю сільськогосподарське підприємство "НІБУЛОН"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>3803</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ТОВ СП "НІБУЛОН"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>