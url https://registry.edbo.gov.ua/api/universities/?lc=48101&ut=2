--- v1 (2025-12-05)
+++ v2 (2026-03-07)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$32</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$31</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V32"/>
+  <dimension ref="A1:V31"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -306,2703 +306,2615 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій у Миколаївській області</t>
+          <t>Акціонерне товариство "Науково-виробничий комплекс газотурбобудування "Зоря" - "Машпроект"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>3455</v>
+        <v>7076</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>АРЗ СП ДСНС України у Миколаївській області</t>
+          <t>АТ "НВКГ "ЗОРЯ" - "МАШПРОЕКТ"</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2000</v>
+        <v>2024</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Державний концерн "Укроборонпром"</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>54039</t>
+          <t>54018</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Привільна, 136-Б</t>
+          <t>просп. Богоявленський, 42а</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0512)49-06-92,факс(0512)64-15-95</t>
+          <t>+380(51)-249-46-34</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>10_nik@fd.mk.ua</t>
+          <t>office@zoryn.com.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>http://recsuers.at.ua</t>
+          <t>www.zmturbines</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>В.о. генерального директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Панкратов Андрій Сергійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Аніщенко Вячеслав Леонтійович</t>
+        </is>
+      </c>
+      <c r="U2" s="8"/>
+      <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Акціонерне товариство "Науково-виробничий комплекс газотурбобудування "Зоря" - "Машпроект"</t>
+          <t>Вище професійне училище №21 м.Миколаєва</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>7076</v>
+        <v>2418</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>АТ "НВКГ "ЗОРЯ" - "МАШПРОЕКТ"</t>
-[...2 lines deleted...]
-      <c r="E3" s="5"/>
+          <t>ВПУ №21</t>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t>Mykolaiv Higher Vocational School №21</t>
+        </is>
+      </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>2024</v>
+        <v>2000</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
-          <t>Державний концерн "Укроборонпром"</t>
+          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>54018</t>
+          <t>54055</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>просп. Богоявленський, 42а</t>
+          <t>вул. Садова, 31 корпус 2</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-249-46-34</t>
+          <t>+38(051)230-46-63</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>office@zoryn.com.ua</t>
+          <t>vpu_21@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>www.zmturbines</t>
+          <t>vpu21.com.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>В.о. генерального директора</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Аніщенко Вячеслав Леонтійович</t>
+          <t>Архипов Сергій Володимирович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище №21 м.Миколаєва</t>
+          <t>Вище професійне училище суднобудування м. Миколаєва</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>2418</v>
+        <v>1785</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №21</t>
+          <t>ВПУС м. Миколаєва</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv Higher Vocational School №21</t>
+          <t>Mykolaiv Higher Vocational School of Shipbuilding</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>2000</v>
+        <v>1953</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>54055</t>
+          <t>54052</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010393291</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Садова, 31 корпус 2</t>
+          <t>вул. Айвазовського, 6-А</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+38(051)230-46-63</t>
-[...11 lines deleted...]
-      </c>
+          <t>255009; 258981;</t>
+        </is>
+      </c>
+      <c r="Q4" s="5"/>
+      <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Архипов Сергій Володимирович</t>
+          <t>Глазачев Юрій Борисович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище суднобудування м. Миколаєва</t>
+          <t>Відокремлений структурний підрозділ Професійно-технічний навчальний заклад "Миколаївське морехідне училище Національного університету кораблебудування імені Адмірала Макарова"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1785</v>
-[...1 lines deleted...]
-      <c r="C5" s="6"/>
+        <v>5704</v>
+      </c>
+      <c r="C5" s="6" t="n">
+        <v>105</v>
+      </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ВПУС м. Миколаєва</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E5" s="5"/>
       <c r="F5" s="7"/>
-      <c r="G5" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G5" s="6"/>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>54052</t>
+          <t>54010</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010393291</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Айвазовського, 6-А</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Морехідна, 2</t>
+        </is>
+      </c>
+      <c r="P5" s="5"/>
       <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Глазачев Юрій Борисович</t>
+          <t>Кротов Андрій Олександрович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ Професійно-технічний навчальний заклад "Миколаївське морехідне училище Національного університету кораблебудування імені Адмірала Макарова"</t>
+          <t>Державний навчальний заклад "Миколаївське вище професійне училище технологій та дизайну"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>5704</v>
-[...3 lines deleted...]
-      </c>
+        <v>1795</v>
+      </c>
+      <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E6" s="5"/>
+          <t>ДНЗ "МВПУТД"</t>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution "Mykolaiv higher vocational school of technologies and design</t>
+        </is>
+      </c>
       <c r="F6" s="7"/>
-      <c r="G6" s="6"/>
+      <c r="G6" s="6" t="n">
+        <v>1969</v>
+      </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>54010</t>
+          <t>54030</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Морехідна, 2</t>
-[...4 lines deleted...]
-      <c r="R6" s="5"/>
+          <t>вул. Потьомкінська, 37</t>
+        </is>
+      </c>
+      <c r="P6" s="5" t="inlineStr">
+        <is>
+          <t>(0512) 44-07-51</t>
+        </is>
+      </c>
+      <c r="Q6" s="5" t="inlineStr">
+        <is>
+          <t>dnz.mvputd@vpu.mk.ua</t>
+        </is>
+      </c>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>http://vpu.mk.ua/</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Кротов Андрій Олександрович</t>
+          <t>Коваль Наталя В`ячеславівна</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Миколаївське вище професійне училище технологій та дизайну"</t>
+          <t>Дочірнє підприємство "Учбовий центр" приватного акціонерного товариства "Миколаївський експертно-технічний центр"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>1795</v>
+        <v>2869</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "МВПУТД"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДП "Учбовий центр" ПРАТ "МЕТЦ"</t>
+        </is>
+      </c>
+      <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1969</v>
+        <v>2000</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>54030</t>
+          <t>54055</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Потьомкінська, 37</t>
+          <t>вул. Севастопольська, 67 А</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>(0512) 44-07-51</t>
+          <t>(0512)465091,46-46-86</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>dnz.mvputd@vpu.mk.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>uch_center_netc@ukr.net</t>
+        </is>
+      </c>
+      <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Коваль Наталя В`ячеславівна</t>
+          <t>Шиков Олег Васильович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємство "Учбовий центр" приватного акціонерного товариства "Миколаївський експертно-технічний центр"</t>
+          <t>Дочірнє підприємство "Учбово-курсовий комбінат" Приватного акціонерного товариства "Будівельна фірма "Миколаївбуд"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>2869</v>
+        <v>3989</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ДП "Учбовий центр" ПРАТ "МЕТЦ"</t>
+          <t>ДП "УКК" ПрАТ " БФ "Миколаївбуд"</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J8" s="5"/>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>54055</t>
+          <t>54029</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Севастопольська, 67 А</t>
+          <t>вул. Робоча, 2-а</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0512)465091,46-46-86</t>
+          <t>+380(51)-256-38-92</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>uch_center_netc@ukr.net</t>
+          <t>astremskaya0709@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Шиков Олег Васильович</t>
-[...3 lines deleted...]
-      <c r="V8" s="5"/>
+          <t>Перстеньков Костянтин Володимирович</t>
+        </is>
+      </c>
+      <c r="U8" s="8" t="n">
+        <v>44826</v>
+      </c>
+      <c r="V8" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємство "Учбово-курсовий комбінат" Приватного акціонерного товариства "Будівельна фірма "Миколаївбуд"</t>
+          <t>Заклад професійної (професійно-технічної) освіти «Миколаївський центр професійної освіти»</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>3989</v>
+        <v>2361</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ДП "УКК" ПрАТ " БФ "Миколаївбуд"</t>
+          <t>Миколаївський ЦПО</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2001</v>
+        <v>1985</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J9" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>54029</t>
+          <t>54052</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010393291</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Робоча, 2-а</t>
+          <t>вул. Айвазовського, 15-Б</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-256-38-92</t>
+          <t>(0512) 63-10-97</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>astremskaya0709@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R9" s="5"/>
+          <t>mplbsp@i.ua</t>
+        </is>
+      </c>
+      <c r="R9" s="5" t="inlineStr">
+        <is>
+          <t>mplbsp.mk.ua</t>
+        </is>
+      </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Перстеньков Костянтин Володимирович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Машков Олександр Васильович</t>
+        </is>
+      </c>
+      <c r="U9" s="8"/>
+      <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти «Миколаївський центр професійної освіти»</t>
+          <t>Комунальне підприємство Миколаївської міської ради "Миколаївелектротранс"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>2361</v>
+        <v>3704</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський ЦПО</t>
+          <t>КП ММР "Миколаївелектротранс"</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1985</v>
+        <v>2000</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>54052</t>
+          <t>54020</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010393291</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Айвазовського, 15-Б</t>
+          <t>вул. Єщенка Євгена, 17</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(0512) 63-10-97</t>
+          <t>(050)394-27-57</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>mplbsp@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mkelektrotrans@gmail.com</t>
+        </is>
+      </c>
+      <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Машков Олександр Васильович</t>
+          <t>Сметана Юрій Олександрович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство Миколаївської міської ради "Миколаївелектротранс"</t>
+          <t>Миколаївська зразкова автомобільна школа ТСОУ</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>3704</v>
+        <v>3044</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>КП ММР "Миколаївелектротранс"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E11" s="5"/>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>54020</t>
+          <t>54025</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Єщенка Євгена, 17</t>
+          <t>просп. Героїв Сталінграду, 3</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(050)394-27-57</t>
+          <t>(0512)375216</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>mkelektrotrans@gmail.com</t>
+          <t>mikavtoshkola@yandex.ua</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Сметана Юрій Олександрович</t>
+          <t>Анкоссі Андрій Борисович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Миколаївська зразкова автомобільна школа ТСОУ</t>
+          <t>МИКОЛАЇВСЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>3044</v>
-[...1 lines deleted...]
-      <c r="C12" s="6"/>
+        <v>6955</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>6833</v>
+      </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J12" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>54025</t>
+          <t>54000</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>просп. Героїв Сталінграду, 3</t>
+          <t>вул. Погранична, 159</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0512)375216</t>
+          <t>(095)752-37-50</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>mikavtoshkola@yandex.ua</t>
-[...2 lines deleted...]
-      <c r="R12" s="5"/>
+          <t>a.skladchykova@grmu.com.ua</t>
+        </is>
+      </c>
+      <c r="R12" s="5" t="inlineStr">
+        <is>
+          <t>https://mk.grmu.com.ua/</t>
+        </is>
+      </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Анкоссі Андрій Борисович</t>
+          <t>Лазаренко Віталій Вікторович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>МИКОЛАЇВСЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
+          <t>Миколаївський навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6955</v>
-[...3 lines deleted...]
-      </c>
+        <v>3598</v>
+      </c>
+      <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>МНКК</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>2023</v>
+        <v>2000</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J13" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>54000</t>
+          <t>54030</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Погранична, 159</t>
+          <t>вул. Шевченко, 40</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(095)752-37-50</t>
-[...11 lines deleted...]
-      </c>
+          <t>051-236-12-44</t>
+        </is>
+      </c>
+      <c r="Q13" s="5"/>
+      <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Лазаренко Віталій Вікторович</t>
-[...3 lines deleted...]
-      <c r="V13" s="5"/>
+          <t>Гедерим Тетяна Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U13" s="8" t="n">
+        <v>44341</v>
+      </c>
+      <c r="V13" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський навчально-курсовий комбінат</t>
+          <t>Миколаївський професійний машинобудівний ліцей</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>3598</v>
+        <v>2550</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>МНКК</t>
+          <t>МПМЛ</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>54030</t>
+          <t>54018</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченко, 40</t>
+          <t>вул. Космонавтів, 66</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>051-236-12-44</t>
-[...3 lines deleted...]
-      <c r="R14" s="5"/>
+          <t>(0512)556980</t>
+        </is>
+      </c>
+      <c r="Q14" s="5" t="inlineStr">
+        <is>
+          <t>mpml11ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>www.mpml.ucoz.ua</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Гедерим Тетяна Анатоліївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Матвійчук Олександр Анатолійович</t>
+        </is>
+      </c>
+      <c r="U14" s="8"/>
+      <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський професійний машинобудівний ліцей</t>
+          <t>Миколаївський професійний промисловий ліцей</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>2550</v>
+        <v>2366</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>МПМЛ</t>
+          <t>МППЛ</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1988</v>
+        <v>1968</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>54018</t>
+          <t>54028</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 66</t>
+          <t>вул. Вінграновського, 62</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(0512)556980</t>
+          <t>(0512) 30-36-40</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>mpml11ua@gmail.com</t>
+          <t>mik4447098@ukr.net</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>www.mpml.ucoz.ua</t>
+          <t>http://www.mppl.mk.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Матвійчук Олександр Анатолійович</t>
+          <t>Гуревич Галина Петрівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський професійний промисловий ліцей</t>
+          <t>Миколаївський професійний суднобудівний ліцей імені Героя Радянського Союзу В.О. Гречишникова</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>2366</v>
+        <v>2273</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>МППЛ</t>
-[...2 lines deleted...]
-      <c r="E16" s="5"/>
+          <t>МПСЛ</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>Mykolaivskyi profesiinyi sudnobudivnyi litsei imeni Heroia Radianskoho Soiuzu V.O.Hrechyshnykova</t>
+        </is>
+      </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1968</v>
+        <v>2003</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>54028</t>
+          <t>54040</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Вінграновського, 62</t>
+          <t>вул. Індустріальна, 1</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(0512) 30-36-40</t>
+          <t>(0512)474765</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>mik4447098@ukr.net</t>
+          <t>mpsl-5@ukr.net</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>http://www.mppl.mk.ua</t>
+          <t>professional-licey1.online</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Гуревич Галина Петрівна</t>
+          <t>Ямпольська Наталя Сергіївна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський професійний суднобудівний ліцей імені Героя Радянського Союзу В.О. Гречишникова</t>
+          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "МИКОЛАЇВСЬКА ОБЛАСНА АВТОМОБІЛЬНА ШКОЛА ВСЕУКРАЇНСЬКОЇ СПІЛКИ АВТОМОБІЛІСТІВ"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>2273</v>
+        <v>7222</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>МПСЛ</t>
-[...6 lines deleted...]
-      </c>
+          <t>МИКОЛАЇВСЬКА ОАШ ВСА</t>
+        </is>
+      </c>
+      <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>2003</v>
+        <v>1999</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J17" s="5"/>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>54040</t>
+          <t>54028</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Індустріальна, 1</t>
+          <t>вул. Скульптора Ізмалкова, 3</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(0512)474765</t>
+          <t>(097)280-58-73</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>mpsl-5@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>palamarenko.en@ukr.net</t>
+        </is>
+      </c>
+      <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Ямпольська Наталя Сергіївна</t>
+          <t>Томашівський Руслан Володимирович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "МИКОЛАЇВСЬКА ОБЛАСНА АВТОМОБІЛЬНА ШКОЛА ВСЕУКРАЇНСЬКОЇ СПІЛКИ АВТОМОБІЛІСТІВ"</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Миколаївської області</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>7222</v>
+        <v>4411</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>МИКОЛАЇВСЬКА ОАШ ВСА</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E18" s="5"/>
       <c r="F18" s="7"/>
-      <c r="G18" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G18" s="6"/>
       <c r="H18" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J18" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J18" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>54028</t>
+          <t>54003</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Скульптора Ізмалкова, 3</t>
+          <t>вул. 10 Слобідська, 2</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(097)280-58-73</t>
+          <t>+380(51)-255-22-08</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>palamarenko.en@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R18" s="5"/>
+          <t>nmc.mykolaiv@dsns.gov.ua</t>
+        </is>
+      </c>
+      <c r="R18" s="5" t="inlineStr">
+        <is>
+          <t>mk.nmc.dsns.gov.ua</t>
+        </is>
+      </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Томашівський Руслан Володимирович</t>
+          <t>Жуковський Сергій Євгенович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Миколаївської області</t>
+          <t>Приватне Підприємство "Регіон Південь"</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>4411</v>
+        <v>3045</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E19" s="5"/>
+          <t>ПП "Регіон Південь"</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>Private Enterprise "Region South"</t>
+        </is>
+      </c>
       <c r="F19" s="7"/>
-      <c r="G19" s="6"/>
+      <c r="G19" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J19" s="5"/>
       <c r="K19" s="7" t="inlineStr">
         <is>
           <t>54003</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. 10 Слобідська, 2</t>
+          <t>вул. Котельна, 2</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-255-22-08</t>
+          <t>(050) 394-72-85</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>nmc.mykolaiv@dsns.gov.ua</t>
+          <t>rp.osvita2@meta.ua</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>mk.nmc.dsns.gov.ua</t>
+          <t>http://rehion-pivden.mk.ua/</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Жуковський Сергій Євгенович</t>
+          <t>Пилипенко Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Приватне Підприємство "Регіон Південь"</t>
+          <t>Приватне підприємство "Регіональний центр професійного навчання"</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>3045</v>
+        <v>4074</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ПП "Регіон Південь"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПП "Регіональний центр професійного навчання"</t>
+        </is>
+      </c>
+      <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J20" s="5"/>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>54003</t>
+          <t>54001</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Котельна, 2</t>
+          <t>вул. Потьомкінська, 104</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(050) 394-72-85</t>
+          <t>+380(51)-250-00-40</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>rp.osvita2@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>proficenter@ukr.net</t>
+        </is>
+      </c>
+      <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Пилипенко Світлана Миколаївна</t>
-[...3 lines deleted...]
-      <c r="V20" s="5"/>
+          <t>Москаленко Людмила Степанівна</t>
+        </is>
+      </c>
+      <c r="U20" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V20" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Регіональний центр професійного навчання"</t>
+          <t>Приватний заклад освіти "Навчально-науково-виробничий кластер морегосподарського комплексу"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>4074</v>
+        <v>4340</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ПП "Регіональний центр професійного навчання"</t>
-[...2 lines deleted...]
-      <c r="E21" s="5"/>
+          <t>ПЗО "ННВК морегосподарського комплексу"</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>Private educational institution educational - scientific - industrial cluster of maritive economic complex</t>
+        </is>
+      </c>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J21" s="5"/>
       <c r="K21" s="7" t="inlineStr">
         <is>
           <t>54001</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Потьомкінська, 104</t>
+          <t>вул. Артилерійська, 6</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-250-00-40</t>
+          <t>+380(96)-228-03-03</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>proficenter@ukr.net</t>
+          <t>pzo.nnvk.morkom@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Москаленко Людмила Степанівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Підпала Ірина Валентинівна</t>
+        </is>
+      </c>
+      <c r="U21" s="8"/>
+      <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад освіти "Навчально-науково-виробничий кластер морегосподарського комплексу"</t>
+          <t>Товариство з обмеженою відповідальністю "Агенція безпеки "Альфа-Щит"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>4340</v>
+        <v>3051</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>ПЗО "ННВК морегосподарського комплексу"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Агенція безпеки "Альфа-Щит"</t>
+        </is>
+      </c>
+      <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2019</v>
+        <v>2000</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J22" s="5"/>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54055</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Артилерійська, 6</t>
+          <t>вул. Чигрина, 69</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+380(96)-228-03-03</t>
+          <t>(0512)242283</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>pzo.nnvk.morkom@gmail.com</t>
+          <t>ab.alfa-shit@i.ua</t>
         </is>
       </c>
       <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Підпала Ірина Валентинівна</t>
-[...3 lines deleted...]
-      <c r="V22" s="5"/>
+          <t>Колпаков Федір Олександрович</t>
+        </is>
+      </c>
+      <c r="U22" s="8" t="n">
+        <v>42678</v>
+      </c>
+      <c r="V22" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Агенція безпеки "Альфа-Щит"</t>
+          <t>Товариство з обмеженою відповідальністю "ГЕРМЕС-ЮГ"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>3051</v>
+        <v>3066</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Агенція безпеки "Альфа-Щит"</t>
+          <t>ТОВ "Гермес-ЮГ"</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J23" s="5"/>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>54055</t>
+          <t>54003</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Чигрина, 69</t>
+          <t>вул. Колодязна, 16, кв.25</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>(0512)242283</t>
+          <t>+067(50)-979-52</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>ab.alfa-shit@i.ua</t>
-[...2 lines deleted...]
-      <c r="R23" s="5"/>
+          <t>germesyug2017@gmail.com</t>
+        </is>
+      </c>
+      <c r="R23" s="5" t="inlineStr">
+        <is>
+          <t>http://www.profbezpeka.com/</t>
+        </is>
+      </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Колпаков Федір Олександрович</t>
+          <t>Рєзанов Сергій Володимирович</t>
         </is>
       </c>
       <c r="U23" s="8" t="n">
-        <v>42678</v>
+        <v>44242</v>
       </c>
       <c r="V23" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ГЕРМЕС-ЮГ"</t>
+          <t>Товариство з обмеженою відповідальністю "Каскад-спецстрой"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>3066</v>
+        <v>4407</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Гермес-ЮГ"</t>
+          <t>ТОВ "Каскад-спецстрой"</t>
         </is>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J24" s="5"/>
       <c r="K24" s="7" t="inlineStr">
         <is>
           <t>54003</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Колодязна, 16, кв.25</t>
+          <t>вул. Велика Морська, 137/3</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>+067(50)-979-52</t>
+          <t>+380(51)-237-17-77</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>germesyug2017@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kaskad_mk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>керівник</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Рєзанов Сергій Володимирович</t>
+          <t>Кадиров Ігор Володимирович</t>
         </is>
       </c>
       <c r="U24" s="8" t="n">
-        <v>44242</v>
+        <v>44455</v>
       </c>
       <c r="V24" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Каскад-спецстрой"</t>
+          <t>Товариство з обмеженою відповідальністю "МИКОЛАЇВ ТЕХЕКСПЕРТ"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>4407</v>
+        <v>5911</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Каскад-спецстрой"</t>
+          <t>ТОВ "МИКОЛАЇВ ТЕХЕКСПЕРТ"</t>
         </is>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J25" s="5"/>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>54003</t>
+          <t>54056</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Морська, 137/3</t>
+          <t>просп. Миру, 54-В, корпус 5, офіс 502</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-237-17-77</t>
+          <t>+380(51)-247-26-49</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>kaskad_mk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R25" s="5"/>
+          <t>mykolayiv-tehexpert@ukr.net</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>https://mte.in.ua/uk/</t>
+        </is>
+      </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>керівник</t>
+          <t>Виконавчий директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Кадиров Ігор Володимирович</t>
+          <t>Менюк Микола Васильович</t>
         </is>
       </c>
       <c r="U25" s="8" t="n">
-        <v>44455</v>
+        <v>45397</v>
       </c>
       <c r="V25" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "МИКОЛАЇВ ТЕХЕКСПЕРТ"</t>
+          <t>Товариство з обмеженою відповідальністю "Миколаївський інститут професійного розвитку і освіти"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>5911</v>
+        <v>4186</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "МИКОЛАЇВ ТЕХЕКСПЕРТ"</t>
+          <t>ТОВ "Миколаївський інститут професійного розвитку і освіти"</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J26" s="5"/>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>54056</t>
+          <t>54001</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>просп. Миру, 54-В, корпус 5, офіс 502</t>
+          <t>вул. Декабристів, 1/А офіс 303</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-247-26-49</t>
+          <t>0665816800, 0665816805</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>mykolayiv-tehexpert@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>tov.mipro@ukr.net</t>
+        </is>
+      </c>
+      <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>Виконавчий директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Менюк Микола Васильович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Кривда Петро Іванович</t>
+        </is>
+      </c>
+      <c r="U26" s="8"/>
+      <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Миколаївський інститут професійного розвитку і освіти"</t>
+          <t>Товариство з обмеженою відповідальністю "Миколаївський центр підготовки плавскладу"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>4186</v>
+        <v>3046</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Миколаївський інститут професійного розвитку і освіти"</t>
+          <t>ТОВ "МЦПП"</t>
         </is>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J27" s="5"/>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54038</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Декабристів, 1/А офіс 303</t>
+          <t>вул. Бузника, 5</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>0665816800, 0665816805</t>
+          <t>(0512)58-68-65</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>tov.mipro@ukr.net</t>
+          <t>mcpp@wildpark.net</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Кривда Петро Іванович</t>
-[...3 lines deleted...]
-      <c r="V27" s="5"/>
+          <t>Носовський Андрій Миколайович</t>
+        </is>
+      </c>
+      <c r="U27" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V27" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Миколаївський центр підготовки плавскладу"</t>
+          <t>Товариство з обмеженою відповідальністю "Регіональний центр з розвитку морських терміналів"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>3046</v>
+        <v>4050</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "МЦПП"</t>
+          <t>ТОВ "РЦРМТ"</t>
         </is>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J28" s="5"/>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>54038</t>
+          <t>54002</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
           <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Бузника, 5</t>
+          <t>вул. Громадянський узвіз, 1/1</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>(0512)58-68-65</t>
+          <t>+051(27)-098-58</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>mcpp@wildpark.net</t>
+          <t>shushlud@gmail.com</t>
         </is>
       </c>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Носовський Андрій Миколайович</t>
+          <t>Пономаренко Володимир Вікторович</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Регіональний центр з розвитку морських терміналів"</t>
+          <t>Товариство з обмеженою відповідальністю сільськогосподарське підприємство "НІБУЛОН"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>4050</v>
+        <v>3803</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "РЦРМТ"</t>
+          <t>ТОВ СП "НІБУЛОН"</t>
         </is>
       </c>
       <c r="E29" s="5"/>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J29" s="5"/>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>54002</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Громадянський узвіз, 1/1</t>
+          <t>вул. Каботажний спуск, 1</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>+051(27)-098-58</t>
+          <t>(0512)-37-23-44; (0512)-58-04-04</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>shushlud@gmail.com</t>
+          <t>mail1@nibulon.com.ua; mail3@nibulon.com.ua</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Пономаренко Володимир Вікторович</t>
+          <t>Вадатурський Андрій Олексійович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю сільськогосподарське підприємство "НІБУЛОН"</t>
+          <t>Товариство з обмеженою відповідальністю "Центр спецпідготовки "САККУРА""</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>3803</v>
+        <v>3049</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ТОВ СП "НІБУЛОН"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>54002</t>
+          <t>54042</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Каботажний спуск, 1</t>
+          <t>просп. Жовтневий, 21</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(0512)-37-23-44; (0512)-58-04-04</t>
+          <t>80512-45-35-55</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>mail1@nibulon.com.ua; mail3@nibulon.com.ua</t>
+          <t>csp.sakkura@yandex.ua</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Вадатурський Андрій Олексійович</t>
+          <t>Колпакова Анна Олегівна</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Центр спецпідготовки "САККУРА""</t>
+          <t>Центр з підготовки робітничих професій Миколаївського національного аграрного університету</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>3049</v>
-[...1 lines deleted...]
-      <c r="C31" s="6"/>
+        <v>2861</v>
+      </c>
+      <c r="C31" s="6" t="n">
+        <v>59</v>
+      </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E31" s="5"/>
+          <t>ЦПРП МНАУ</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>Vocational training centre of Mykolaiv national agrarian university</t>
+        </is>
+      </c>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J31" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>54042</t>
+          <t>54025</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>просп. Жовтневий, 21</t>
+          <t>просп. Героїв України, 91 А</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>80512-45-35-55</t>
+          <t>(0512) 40-61-46, (0512) 40-61-25</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>csp.sakkura@yandex.ua</t>
+          <t>cprp@mnau.edu.ua</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>завідувач</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Колпакова Анна Олегівна</t>
+          <t>Циганов Олександр Миколайович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
-[...88 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V32"/>
+  <autoFilter ref="A1:V31"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>