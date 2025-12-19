--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -634,392 +634,392 @@
           <t>(044)2846404,0512428125</t>
         </is>
       </c>
       <c r="Q5" s="5"/>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>https://kuk-university.com</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>декан</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Пінчук Анна Сергіївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Миколаївський інститут розвитку людини</t>
+          <t>Відокремлений структурний підрозділ «Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика»</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>232</v>
+        <v>2744</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>217</v>
+        <v>1365</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський інститут розвитку людини Університету "Україна"</t>
+          <t>ВСП "Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика"</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Mykolaiv Institute of Human Development</t>
+          <t>Separate Structural Unit “Professional College of Pylyp Orlyk International Classical University”</t>
         </is>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J6" s="5"/>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>54003</t>
+          <t>54039</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. 2-А Військова, 22</t>
+          <t>вул. Шнеєрсона, 12</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(0512) 302798, (050) 3947278</t>
+          <t>+38(051)-255-07-36</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>ukraina_09@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@mku.edu.ua</t>
+        </is>
+      </c>
+      <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Старєва Анна Михайлівна</t>
+          <t>Навроцький Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж корабелів Національного університету кораблебудування імені адмірала Макарова"</t>
+          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Миколаївський інститут розвитку людини</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>2707</v>
+        <v>232</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>105</v>
+        <v>217</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ФКК НУК ім. адм. Макарова"</t>
+          <t>Миколаївський інститут розвитку людини Університету "Україна"</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Unit "Shipbuilders Professional College of the Admiral Makarov National University of Shipbuilding"</t>
+          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Mykolaiv Institute of Human Development</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>54010</t>
+          <t>54003</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Центральний, 3</t>
+          <t>вул. 2-А Військова, 22</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+051(24)-797-47</t>
+          <t>(0512) 302798, (050) 3947278</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>dekan232@gmail.com</t>
+          <t>ukraina_09@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>nuos.edu.ua</t>
+          <t>www.mmirl.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Ратушняк Ігор Олександрович</t>
+          <t>Старєва Анна Михайлівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>"Коледж Миколаївської академії перукарського мистецтва Київського університету культури"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж корабелів Національного університету кораблебудування імені адмірала Макарова"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>1533</v>
+        <v>2707</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>310</v>
+        <v>105</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВСП "ФКК НУК ім. адм. Макарова"</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>College of Mykolaiv Academy of Hairdressing Art of Kyiv University of Culture</t>
+          <t>Separate Structural Unit "Shipbuilders Professional College of the Admiral Makarov National University of Shipbuilding"</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J8" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>54017</t>
+          <t>54010</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Декабристів, 36</t>
+          <t>просп. Центральний, 3</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0442846404,0512470128</t>
-[...3 lines deleted...]
-      <c r="R8" s="5"/>
+          <t>+051(24)-797-47</t>
+        </is>
+      </c>
+      <c r="Q8" s="5" t="inlineStr">
+        <is>
+          <t>dekan232@gmail.com</t>
+        </is>
+      </c>
+      <c r="R8" s="5" t="inlineStr">
+        <is>
+          <t>nuos.edu.ua</t>
+        </is>
+      </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T8" s="5"/>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T8" s="5" t="inlineStr">
+        <is>
+          <t>Ратушняк Ігор Олександрович</t>
+        </is>
+      </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Коледж Приватного закладу вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>
+          <t>"Коледж Миколаївської академії перукарського мистецтва Київського університету культури"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>2744</v>
+        <v>1533</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>1365</v>
+        <v>310</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>Коледж ПЗВО "МКУ імені Пилипа Орлика"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>College Private Institution of Higher Education Pylyp Orlyk International Classical University</t>
+          <t>College of Mykolaiv Academy of Hairdressing Art of Kyiv University of Culture</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J9" s="5"/>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54017</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Котельна, 2</t>
+          <t>вул. Декабристів, 36</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0512) 550736; 593001</t>
-[...6 lines deleted...]
-      </c>
+          <t>0442846404,0512470128</t>
+        </is>
+      </c>
+      <c r="Q9" s="5"/>
       <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T9" s="5"/>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Миколаївська філія Приватного вищого навчального закладу "Європейський університет"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>1138</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>228</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>Миколаївська філія ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t>Mykolayiv Branch of Private Higher Education Establishment "European University"</t>
         </is>
       </c>
@@ -1150,52 +1150,58 @@
         <is>
           <t>вул. Анатолія Олійника, 36</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>+38(051)222-13-29</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>mmak.adt.2018@gmail.com</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Булатова Людмила Георгіївна</t>
         </is>
       </c>
-      <c r="U11" s="8"/>
-      <c r="V11" s="5"/>
+      <c r="U11" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V11" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Миколаївський національний аграрний університет</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>59</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>МНАУ</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Mykolayiv National Agrarian University</t>
         </is>
       </c>
       <c r="F12" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>