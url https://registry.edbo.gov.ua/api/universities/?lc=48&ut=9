--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -1377,63 +1377,59 @@
           <t>54017</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
           <t>вул. Севастопольська, 2</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+38(0512)47-74-87, +38(0512)47-80-67, +38(0512)47-81-90 +38(097)440-39-01</t>
+          <t>0512 478067; 0974403901;</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>mkmm2@ukr.net</t>
         </is>
       </c>
-      <c r="R13" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Сирота Анатолій Архипович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Фаховий коледж Приватного вищого навчального закладу "Медико-Природничий університет"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>6478</v>
       </c>
       <c r="C14" s="6" t="n">
         <v>3955</v>
       </c>