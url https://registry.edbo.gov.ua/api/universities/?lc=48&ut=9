--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$22</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V21"/>
+  <dimension ref="A1:V22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -400,1783 +400,1873 @@
         <is>
           <t>tek.mnau.edu.ua@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.tec.mnau.edu.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Шебанін В`ячеслав Сергійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Миколаївський фаховий коледж</t>
+          <t>Відокремлений структурний підрозділ «Фаховий коледж Чорноморського національного університету імені Петра Могили»</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>2355</v>
+        <v>7386</v>
       </c>
       <c r="C3" s="6" t="n">
-        <v>217</v>
+        <v>265</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський фаховий коледж Університету "Україна"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J3" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>54003</t>
+          <t>54000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. 2-А Військова, 22</t>
+          <t>вул. 68 Десантників, 10</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(0512)302798, (050)3947278</t>
+          <t>(093)685-04-12</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>ukraina_09_k@ukr.net</t>
+          <t>fkolej.chnu@chmnu.edu.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>https://mk-coll.uu.edu.ua</t>
+          <t>https://chmnu.edu.ua/category/koledzh-chnu/</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Кандюк-Лебідь Світлана Володимирівна</t>
+          <t>Булатова Людмила Георгіївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ Миколаївський будівельний фаховий коледж Київського національного університету будівництва і архітектури</t>
+          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Миколаївський фаховий коледж</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>1291</v>
+        <v>2355</v>
       </c>
       <c r="C4" s="6" t="n">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>ВСП МБФК КНУБА</t>
+          <t>Миколаївський фаховий коледж Університету "Україна"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision Mykolaiv Building Professional College of Kyiv National University of Construction and Architecture</t>
+          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Mykolaiv Professional College</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>1944</v>
+        <v>2013</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J4" s="5"/>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54003</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. 1-А Слобідська, 2</t>
+          <t>вул. 2-А Військова, 22</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(0512) 375170</t>
+          <t>(0512)302798, (050)3947278</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>strkolled@gmail.com</t>
+          <t>ukraina_09_k@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>www.mbk.mk.ua</t>
+          <t>https://mk-coll.uu.edu.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Бондаренко Георгій Григорович</t>
+          <t>Кандюк-Лебідь Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Миколаївський фаховий коледж транспортної інфраструктури Українського державного університету науки і технологій"</t>
+          <t>Відокремлений структурний підрозділ Миколаївський будівельний фаховий коледж Київського національного університету будівництва і архітектури</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>6524</v>
+        <v>1291</v>
       </c>
       <c r="C5" s="6" t="n">
-        <v>6507</v>
+        <v>127</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>ВСП "МФКТІ УДУНТ"</t>
+          <t>ВСП МБФК КНУБА</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision "Mykolaiv Professional College of Transport Infrastructure of the Ukrainian State University of Science and Technologies"</t>
+          <t>Separate Structural Subdivision Mykolaiv Building Professional College of Kyiv National University of Construction and Architecture</t>
         </is>
       </c>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
-        <v>2021</v>
+        <v>1944</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>54020</t>
+          <t>54001</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Аркасівська, 71</t>
+          <t>вул. 1-А Слобідська, 2</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-247-35-00</t>
+          <t>(0512) 375170</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>mfkti_udunt@mfkti.mk.ua</t>
+          <t>strkolled@gmail.com</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>mfkti.mk.ua</t>
+          <t>www.mbk.mk.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Тітов Сергій Сергійович</t>
+          <t>Бондаренко Георгій Григорович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж Національного університету кораблебудування імені адмірала Макарова"</t>
+          <t>Відокремлений структурний підрозділ "Миколаївський фаховий коледж транспортної інфраструктури Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>7242</v>
+        <v>6524</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>105</v>
+        <v>6507</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Фаховий коледж НУК імені адмірала Макарова"</t>
+          <t>ВСП "МФКТІ УДУНТ"</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Unit "Professional College of the Admiral Makarov National University of Shipbuilding"</t>
+          <t>Separate Structural Subdivision "Mykolaiv Professional College of Transport Infrastructure of the Ukrainian State University of Science and Technologies"</t>
         </is>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>54010</t>
+          <t>54020</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Бузника, 5</t>
+          <t>вул. Аркасівська, 71</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>+38(050) 33-77-660</t>
+          <t>+380(51)-247-35-00</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>college@nuos.edu.ua</t>
-[...2 lines deleted...]
-      <c r="R6" s="5"/>
+          <t>mfkti_udunt@mfkti.mk.ua</t>
+        </is>
+      </c>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>mfkti.mk.ua</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Вдовиченко Раїса Петрівна</t>
+          <t>Тітов Сергій Сергійович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад фахової передвищої освіти "Миколаївський фаховий коледж фізичної культури" Миколаївської обласної ради</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж Національного університету кораблебудування імені адмірала Макарова"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="C7" s="6"/>
+        <v>7242</v>
+      </c>
+      <c r="C7" s="6" t="n">
+        <v>105</v>
+      </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>МФКФК</t>
+          <t>ВСП "Фаховий коледж НУК імені адмірала Макарова"</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Communal Institution of Professional Higher Education "Mykolaiv Professional College of Physical Training" of the Mykolaiv Regional Council</t>
+          <t>Separate Structural Unit "Professional College of the Admiral Makarov National University of Shipbuilding"</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>1992</v>
+        <v>2024</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
-          <t>Обласна державна адміністрація</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>54055</t>
+          <t>54010</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Погранична, 41</t>
+          <t>вул. Бузника, 5</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>0512535310, 0512535396</t>
+          <t>+38(050) 33-77-660</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>vufk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>college@nuos.edu.ua</t>
+        </is>
+      </c>
+      <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Петрухіна Олена Сосівна</t>
+          <t>Вдовиченко Раїса Петрівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський базовий медичний фаховий коледж Миколаївської обласної ради</t>
+          <t>Комунальний заклад фахової передвищої освіти "Миколаївський фаховий коледж фізичної культури" Миколаївської обласної ради</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>МБМФК МОР</t>
+          <t>МФКФК</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv Basic Medical Professional College of Mykolaiv Regional Council</t>
+          <t>Communal Institution of Professional Higher Education "Mykolaiv Professional College of Physical Training" of the Mykolaiv Regional Council</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1875</v>
+        <v>1992</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t>Обласна державна адміністрація</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>54028</t>
+          <t>54055</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Космонавтів, 79/1</t>
+          <t>вул. Погранична, 41</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0512) 235196</t>
+          <t>0512535310, 0512535396</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>mykmedcol@ukr.net</t>
+          <t>vufk@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>http://medcollege.mk.ua/</t>
+          <t>sites.google.com/view/kzfpomfkfk</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Губанов Сергій Миколайович</t>
+          <t>Петрухіна Олена Сосівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський політехнічний фаховий коледж</t>
+          <t>Миколаївський базовий медичний фаховий коледж Миколаївської обласної ради</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>МПФК</t>
+          <t>МБМФК МОР</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv Polytechnic Applied College</t>
+          <t>Mykolaiv Basic Medical Professional College of Mykolaiv Regional Council</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1930</v>
+        <v>1875</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна державна адміністрація</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>54006</t>
+          <t>54028</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Вадима Благовісного, 11-А</t>
+          <t>вул. Космонавтів, 79/1</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+38(051)-237-95-51</t>
+          <t>(0512) 235196</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>politex_mpk@ukr.net</t>
+          <t>mykmedcol@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>mpk.mk.ua</t>
+          <t>http://medcollege.mk.ua/</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Зайковський Олег Сергійович</t>
+          <t>Губанов Сергій Миколайович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський фаховий коледж економіки та харчових технологій</t>
+          <t>Миколаївський політехнічний фаховий коледж</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>МФКЕХТ</t>
+          <t>МПФК</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv Applied College of Economics and Food Technologies</t>
+          <t>Mykolaiv Polytechnic Applied College</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1965</v>
+        <v>1930</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>54034</t>
+          <t>54006</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>просп. Миру, 18</t>
+          <t>вул. Вадима Благовісного, 11-А</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(0512) 64-71-46</t>
+          <t>+38(051)-237-95-51</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>mdkeht2@ukr.net</t>
+          <t>politex_mpk@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>mdkeht.at.ua</t>
+          <t>mpk.mk.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Олійник Анатолій Іванович</t>
+          <t>Зайковський Олег Сергійович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>"Миколаївський фаховий коледж Київського університету культури"</t>
+          <t>Миколаївський фаховий коледж економіки та харчових технологій</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1534</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>МФКЕХТ</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv Professional College of Kyiv University of Culture</t>
+          <t>Mykolaiv Applied College of Economics and Food Technologies</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>2000</v>
+        <v>1965</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J11" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>54038</t>
+          <t>54034</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Дачна, 7-А</t>
+          <t>просп. Миру, 18</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>0442846404,0512470171</t>
-[...2 lines deleted...]
-      <c r="Q11" s="5"/>
+          <t>(0512) 64-71-46</t>
+        </is>
+      </c>
+      <c r="Q11" s="5" t="inlineStr">
+        <is>
+          <t>mdkeht2@ukr.net</t>
+        </is>
+      </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>https://kuk.edu.ua/</t>
+          <t>mdkeht.at.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Лисенко Галина Олегівна</t>
+          <t>Олійник Анатолій Іванович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський фаховий коледж культури і мистецтв Миколаївської обласної ради</t>
+          <t>"Миколаївський фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="C12" s="6"/>
+        <v>1534</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>МФККМ</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv professional college of culture and arts of the Mykolaiv regional council</t>
+          <t>Mykolaiv Professional College of Kyiv University of Culture</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1954</v>
+        <v>2000</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>54006</t>
+          <t>54038</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Вадатурського Олексія, 5</t>
+          <t>вул. Дачна, 7-А</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>0512372441, 0512373268</t>
-[...6 lines deleted...]
-      </c>
+          <t>0442846404,0512470171</t>
+        </is>
+      </c>
+      <c r="Q12" s="5"/>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>mkkm.edu.ua</t>
+          <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Мицик Сергій Васильович</t>
+          <t>Лисенко Галина Олегівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський фаховий коледж музичного мистецтва Миколаївської обласної ради</t>
+          <t>Миколаївський фаховий коледж культури і мистецтв Миколаївської обласної ради</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>МФКММ</t>
+          <t>МФККМ</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv Professional College of Musical Art of the Mykolaiv Regional Council</t>
+          <t>Mykolaiv professional college of culture and arts of the Mykolaiv regional council</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1900</v>
+        <v>1954</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Управління культури, національностей та релігій Миколаївської обласної державної адміністрації</t>
+          <t>Управління культури, національностей та релігій обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>54017</t>
+          <t>54006</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Севастопольська, 2</t>
+          <t>вул. Вадатурського Олексія, 5</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>0512 478067; 0974403901;</t>
+          <t>0512372441, 0512373268</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>mkmm2@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R13" s="5"/>
+          <t>mk_kultura@ukr.net</t>
+        </is>
+      </c>
+      <c r="R13" s="5" t="inlineStr">
+        <is>
+          <t>mkkm.edu.ua</t>
+        </is>
+      </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Сирота Анатолій Архипович</t>
+          <t>Мицик Сергій Васильович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Приватного вищого навчального закладу "Медико-Природничий університет"</t>
+          <t>Миколаївський фаховий коледж музичного мистецтва Миколаївської обласної ради</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>6478</v>
-[...3 lines deleted...]
-      </c>
+        <v>657</v>
+      </c>
+      <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E14" s="5"/>
+          <t>МФКММ</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>Mykolaiv Professional College of Musical Art of the Mykolaiv Regional Council</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2021</v>
+        <v>1900</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J14" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t>Управління культури, національностей та релігій Миколаївської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>54018</t>
+          <t>54017</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>просп. Богоявленський, 43-А</t>
+          <t>вул. Севастопольська, 2</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-258-71-56</t>
+          <t>0512 478067; 0974403901;</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>info@vnz-mpu.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mkmm2@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Дудник Марія Яківна</t>
+          <t>Сирота Анатолій Архипович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Вознесенський фаховий коледж Миколаївського національного аграрного університету"</t>
+          <t>Фаховий коледж Приватного вищого навчального закладу "Медико-Природничий університет"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>420</v>
+        <v>6478</v>
       </c>
       <c r="C15" s="6" t="n">
-        <v>59</v>
+        <v>3955</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Вознесенський фаховий коледж МНАУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1928</v>
+        <v>2021</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J15" s="5"/>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>56500</t>
+          <t>54018</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA48040070010053688</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
-          <t>м. Вознесенськ</t>
+          <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборності, 100</t>
+          <t>просп. Богоявленський, 43-А</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>0662867567</t>
+          <t>+380(51)-258-71-56</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>director-vk@mnau.edu.ua</t>
+          <t>info@vnz-mpu.com.ua</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>www.vk.mnau.edu.ua</t>
+          <t>vnz-mpu.com.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Цимбалюк Лариса Михайлівна</t>
+          <t>Дудник Марія Яківна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Первомайський фаховий коледж Національного університету кораблебудування імені адмірала Макарова"</t>
+          <t>Відокремлений структурний підрозділ "Вознесенський фаховий коледж Миколаївського національного аграрного університету"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>887</v>
+        <v>420</v>
       </c>
       <c r="C16" s="6" t="n">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>ВСП ПФК НУК імені адм. Макарова</t>
+          <t>ВСП "Вознесенський фаховий коледж МНАУ"</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Unit «Pervomaisk Professional College of Admiral Makarov National University of Shipbuilding»</t>
+          <t>Separate Subdivision “Voznesensk Professional College of Mykolaiv National Agrarian University”</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1987</v>
+        <v>1928</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>55212</t>
+          <t>56500</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA48080130010068596</t>
+          <t>UA48040070010053688</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
-          <t>м. Первомайськ</t>
+          <t>м. Вознесенськ</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Одеська, 107</t>
+          <t>вул. Соборності, 100</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(095) 119-53-77</t>
+          <t>0662867567</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>admin@pk-nuk.com.ua</t>
+          <t>director-vk@mnau.edu.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>https://pk-nuk.com.ua</t>
+          <t>www.vk.mnau.edu.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Костюкова Тетяна Іванівна</t>
+          <t>Цимбалюк Лариса Михайлівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Первомайська філія Вищого приватного навчального закладу Львівський медичний фаховий коледж "Монада"</t>
+          <t>Відокремлений структурний підрозділ "Первомайський фаховий коледж Національного університету кораблебудування імені адмірала Макарова"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>6747</v>
+        <v>887</v>
       </c>
       <c r="C17" s="6" t="n">
-        <v>6742</v>
+        <v>105</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>Первомайська Філія ВПНЗ Львівський медичний фаховий коледж "МОНАДА"</t>
+          <t>ВСП ПФК НУК імені адм. Макарова</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Pervomaisk branch Higher private educational institution Lviv medical professional college «MONADA»</t>
+          <t>Separate Structural Unit «Pervomaisk Professional College of Admiral Makarov National University of Shipbuilding»</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>2003</v>
+        <v>1987</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J17" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>55214</t>
+          <t>55212</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA48080130010068596</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Первомайськ</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Кам'яномостівська, 5г/3</t>
+          <t>вул. Одеська, 107</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>+380(51)-617-30-90</t>
+          <t>+38(095) 119-53-77</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>www.monada.mk.ua</t>
-[...2 lines deleted...]
-      <c r="R17" s="5"/>
+          <t>admin@pk-nuk.com.ua</t>
+        </is>
+      </c>
+      <c r="R17" s="5" t="inlineStr">
+        <is>
+          <t>https://pk-nuk.com.ua</t>
+        </is>
+      </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Пшенишнюк Юрій Петрович</t>
+          <t>Костюкова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Первомайський медичний фаховий коледж Миколаївської обласної ради</t>
+          <t>Первомайська філія Вищого приватного навчального закладу Львівський медичний фаховий коледж "Монада"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="C18" s="6"/>
+        <v>6747</v>
+      </c>
+      <c r="C18" s="6" t="n">
+        <v>6742</v>
+      </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>Первомайський медичний фаховий коледж</t>
+          <t>Первомайська Філія ВПНЗ Львівський медичний фаховий коледж "МОНАДА"</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>Pervomaysk Medical Professional College of Mykolaiv Regional Council</t>
+          <t>Pervomaisk branch Higher private educational institution Lviv medical professional college «MONADA»</t>
         </is>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1927</v>
+        <v>2003</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J18" s="5"/>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>55200</t>
+          <t>55214</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA48080130010068596</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Первомайськ</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 50</t>
+          <t>вул. Кам'яномостівська, 5г/3</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(05161)75453, 75309</t>
+          <t>+380(51)-617-30-90</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>pervmk@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>www.monada.mk.ua</t>
+        </is>
+      </c>
+      <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Присяжнюк Ольга Григорівна</t>
+          <t>Пшенишнюк Юрій Петрович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Мигійський фаховий коледж Миколаївського національного аграрного університету»</t>
+          <t>Первомайський медичний фаховий коледж Миколаївської обласної ради</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>1204</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Мигійський фаховий коледж МНАУ»</t>
+          <t>Первомайський медичний фаховий коледж</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>Separate subdivision «Myhiyskyy professional college of Mykolaiv national agrarian university»</t>
+          <t>Pervomaysk Medical Professional College of Mykolaiv Regional Council</t>
         </is>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>2004</v>
+        <v>1927</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>55223</t>
+          <t>55200</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
-          <t>UA48080110010075639</t>
+          <t>UA48080130010068596</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
-          <t>с. Мигія</t>
+          <t>м. Первомайськ</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Перемоги, 2</t>
+          <t>вул. Грушевського, 50</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>0516161848</t>
+          <t>(05161)75453, 75309</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>migeya_collage@ukr.net</t>
+          <t>pervmk@i.ua</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>mkmnau.in.ua</t>
+          <t>pervmedcoll.mk.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов`язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Кузнєцова Тетяна Миколаївна</t>
+          <t>Присяжнюк Ольга Григорівна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Новобузький фаховий коледж Миколаївського національного аграрного університету»</t>
+          <t>Відокремлений структурний підрозділ «Мигійський фаховий коледж Миколаївського національного аграрного університету»</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>678</v>
+        <v>1204</v>
       </c>
       <c r="C20" s="6" t="n">
         <v>59</v>
       </c>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Новобузький фаховий коледж МНАУ»</t>
+          <t>ВСП «Мигійський фаховий коледж МНАУ»</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Separate Subdivision «Noviy Buh Professional College of Mykolaiv National Agrarian University»</t>
+          <t>Separate subdivision «Myhiyskyy professional college of Mykolaiv national agrarian university»</t>
         </is>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1924</v>
+        <v>2004</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>55601</t>
+          <t>55223</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA48020150010063715</t>
+          <t>UA48080110010075639</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
-          <t>м. Новий Буг</t>
+          <t>с. Мигія</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>пл. Свободи, 46</t>
+          <t>вул. Перемоги, 2</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(05151) 9 16 76, 9 16 84</t>
+          <t>0516161848</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>agrocolege@ukr.net</t>
+          <t>migeya_collage@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>www.nbugkmdau.mk.ua</t>
+          <t>mkmnau.in.ua</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов`язки директора</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Чорній Олександр Васильович</t>
+          <t>Кузнєцова Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад фахової передвищої освіти «Новобузький фаховий педагогічний коледж» Миколаївської обласної ради</t>
+          <t>Відокремлений структурний підрозділ «Новобузький фаховий коледж Миколаївського національного аграрного університету»</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="C21" s="6"/>
+        <v>678</v>
+      </c>
+      <c r="C21" s="6" t="n">
+        <v>59</v>
+      </c>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>КЗФПО «Новобузький фаховий педагогічний коледж» Миколаївської обласної ради</t>
+          <t>ВСП «Новобузький фаховий коледж МНАУ»</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>Municipal Professional Pre-Higher Educational Institution “Novyi Bug Professional Pedagogical College” of Mykolaiv regional council</t>
+          <t>Separate Subdivision «Noviy Buh Professional College of Mykolaiv National Agrarian University»</t>
         </is>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1940</v>
+        <v>1924</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
           <t>55601</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA48020150010063715</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Новий Буг</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Огієнка, 4</t>
+          <t>пл. Свободи, 46</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>(05151) 92976; 91405</t>
+          <t>(05151) 9 16 76, 9 16 84</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>collegenbg@ukr.net</t>
+          <t>agrocolege@ukr.net</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
-          <t>http://npc.edu.ua/</t>
+          <t>www.nbugkmdau.mk.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Созонова Людмила Григорівна</t>
+          <t>Чорній Олександр Васильович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="inlineStr">
+        <is>
+          <t>Комунальний заклад фахової передвищої освіти «Новобузький фаховий педагогічний коледж» Миколаївської обласної ради</t>
+        </is>
+      </c>
+      <c r="B22" s="6" t="n">
+        <v>679</v>
+      </c>
+      <c r="C22" s="6"/>
+      <c r="D22" s="5" t="inlineStr">
+        <is>
+          <t>КЗФПО «Новобузький фаховий педагогічний коледж» Миколаївської обласної ради</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Professional Pre-Higher Educational Institution “Novyi Bug Professional Pedagogical College” of Mykolaiv regional council</t>
+        </is>
+      </c>
+      <c r="F22" s="7"/>
+      <c r="G22" s="6" t="n">
+        <v>1940</v>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t>Заклад фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="I22" s="5" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J22" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Миколаївської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="K22" s="7" t="inlineStr">
+        <is>
+          <t>55601</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="inlineStr">
+        <is>
+          <t>UA48020150010063715</t>
+        </is>
+      </c>
+      <c r="M22" s="5" t="inlineStr">
+        <is>
+          <t>Миколаївська обл.</t>
+        </is>
+      </c>
+      <c r="N22" s="5" t="inlineStr">
+        <is>
+          <t>м. Новий Буг</t>
+        </is>
+      </c>
+      <c r="O22" s="5" t="inlineStr">
+        <is>
+          <t>вул. Івана Огієнка, 4</t>
+        </is>
+      </c>
+      <c r="P22" s="5" t="inlineStr">
+        <is>
+          <t>(05151) 92976; 91405</t>
+        </is>
+      </c>
+      <c r="Q22" s="5" t="inlineStr">
+        <is>
+          <t>collegenbg@ukr.net</t>
+        </is>
+      </c>
+      <c r="R22" s="5" t="inlineStr">
+        <is>
+          <t>http://npc.edu.ua/</t>
+        </is>
+      </c>
+      <c r="S22" s="5" t="inlineStr">
+        <is>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T22" s="5" t="inlineStr">
+        <is>
+          <t>Созонова Людмила Григорівна</t>
+        </is>
+      </c>
+      <c r="U22" s="8"/>
+      <c r="V22" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V21"/>
+  <autoFilter ref="A1:V22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>