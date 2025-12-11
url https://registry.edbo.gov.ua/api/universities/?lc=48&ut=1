--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -1150,52 +1150,58 @@
         <is>
           <t>вул. Анатолія Олійника, 36</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>+38(051)222-13-29</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>mmak.adt.2018@gmail.com</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Булатова Людмила Георгіївна</t>
         </is>
       </c>
-      <c r="U11" s="8"/>
-      <c r="V11" s="5"/>
+      <c r="U11" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V11" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Миколаївський національний аграрний університет</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>59</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>МНАУ</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Mykolayiv National Agrarian University</t>
         </is>
       </c>
       <c r="F12" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>