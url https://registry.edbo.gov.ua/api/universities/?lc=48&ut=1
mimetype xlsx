--- v1 (2025-12-11)
+++ v2 (2026-02-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$19</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$18</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V19"/>
+  <dimension ref="A1:V18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -634,1309 +634,1231 @@
           <t>(044)2846404,0512428125</t>
         </is>
       </c>
       <c r="Q5" s="5"/>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>https://kuk-university.com</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>декан</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Пінчук Анна Сергіївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Миколаївський інститут розвитку людини</t>
+          <t>Відокремлений структурний підрозділ «Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика»</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>232</v>
+        <v>2744</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>217</v>
+        <v>1365</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський інститут розвитку людини Університету "Україна"</t>
+          <t>ВСП "Фаховий коледж Міжнародного класичного університету імені Пилипа Орлика"</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Mykolaiv Institute of Human Development</t>
+          <t>Separate Structural Unit “Professional College of Pylyp Orlyk International Classical University”</t>
         </is>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J6" s="5"/>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>54003</t>
+          <t>54039</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. 2-А Військова, 22</t>
+          <t>вул. Шнеєрсона, 12</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(0512) 302798, (050) 3947278</t>
+          <t>+38(051)-255-07-36</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>ukraina_09@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@mku.edu.ua</t>
+        </is>
+      </c>
+      <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Старєва Анна Михайлівна</t>
+          <t>Навроцький Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж корабелів Національного університету кораблебудування імені адмірала Макарова"</t>
+          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Миколаївський інститут розвитку людини</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>2707</v>
+        <v>232</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>105</v>
+        <v>217</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ФКК НУК ім. адм. Макарова"</t>
+          <t>Миколаївський інститут розвитку людини Університету "Україна"</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Unit "Shipbuilders Professional College of the Admiral Makarov National University of Shipbuilding"</t>
+          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Mykolaiv Institute of Human Development</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>54010</t>
+          <t>54003</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Центральний, 3</t>
+          <t>вул. 2-А Військова, 22</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+051(24)-797-47</t>
+          <t>(0512) 302798, (050) 3947278</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>dekan232@gmail.com</t>
+          <t>ukraina_09@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>nuos.edu.ua</t>
+          <t>www.mmirl.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Ратушняк Ігор Олександрович</t>
+          <t>Старєва Анна Михайлівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>"Коледж Миколаївської академії перукарського мистецтва Київського університету культури"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж корабелів Національного університету кораблебудування імені адмірала Макарова"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>1533</v>
+        <v>2707</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>310</v>
+        <v>105</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ВСП "ФКК НУК ім. адм. Макарова"</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>College of Mykolaiv Academy of Hairdressing Art of Kyiv University of Culture</t>
+          <t>Separate Structural Unit "Shipbuilders Professional College of the Admiral Makarov National University of Shipbuilding"</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J8" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>54017</t>
+          <t>54010</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Декабристів, 36</t>
+          <t>просп. Центральний, 3</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0442846404,0512470128</t>
-[...3 lines deleted...]
-      <c r="R8" s="5"/>
+          <t>+051(24)-797-47</t>
+        </is>
+      </c>
+      <c r="Q8" s="5" t="inlineStr">
+        <is>
+          <t>dekan232@gmail.com</t>
+        </is>
+      </c>
+      <c r="R8" s="5" t="inlineStr">
+        <is>
+          <t>nuos.edu.ua</t>
+        </is>
+      </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T8" s="5"/>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T8" s="5" t="inlineStr">
+        <is>
+          <t>Ратушняк Ігор Олександрович</t>
+        </is>
+      </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Коледж Приватного закладу вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>
+          <t>Миколаївська філія Приватного вищого навчального закладу "Європейський університет"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>2744</v>
+        <v>1138</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>1365</v>
+        <v>228</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>Коледж ПЗВО "МКУ імені Пилипа Орлика"</t>
+          <t>Миколаївська філія ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>College Private Institution of Higher Education Pylyp Orlyk International Classical University</t>
+          <t>Mykolayiv Branch of Private Higher Education Establishment "European University"</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J9" s="5"/>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54030</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Котельна, 2</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Артилерійська, 18/4</t>
+        </is>
+      </c>
+      <c r="P9" s="5"/>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>info@mku.edu.ua</t>
-[...2 lines deleted...]
-      <c r="R9" s="5"/>
+          <t>mykolayiv@e-u.edu.ua</t>
+        </is>
+      </c>
+      <c r="R9" s="5" t="inlineStr">
+        <is>
+          <t>http://www.e-u.edu.ua/</t>
+        </is>
+      </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Навроцький Валерій Анатолійович</t>
+          <t>Яковуник Олена Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Миколаївська філія Приватного вищого навчального закладу "Європейський університет"</t>
+          <t>Миколаївський муніципальний академічний коледж</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>1340</v>
+      </c>
+      <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>Миколаївська філія ПВНЗ "Європейський університет"</t>
+          <t>ММАК</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Mykolayiv Branch of Private Higher Education Establishment "European University"</t>
+          <t>Mykolayiv municipal academic College</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J10" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>54030</t>
+          <t>54034</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Артилерійська, 18/4</t>
-[...2 lines deleted...]
-      <c r="P10" s="5"/>
+          <t>вул. Анатолія Олійника, 36</t>
+        </is>
+      </c>
+      <c r="P10" s="5" t="inlineStr">
+        <is>
+          <t>+38(051)222-13-29</t>
+        </is>
+      </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>mykolayiv@e-u.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mmak.adt.2018@gmail.com</t>
+        </is>
+      </c>
+      <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Яковуник Олена Володимирівна</t>
-[...3 lines deleted...]
-      <c r="V10" s="5"/>
+          <t>Булатова Людмила Георгіївна</t>
+        </is>
+      </c>
+      <c r="U10" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V10" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський муніципальний академічний коледж</t>
+          <t>Миколаївський національний аграрний університет</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1340</v>
+        <v>59</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ММАК</t>
+          <t>МНАУ</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Mykolayiv municipal academic College</t>
-[...2 lines deleted...]
-      <c r="F11" s="7"/>
+          <t>Mykolayiv National Agrarian University</t>
+        </is>
+      </c>
+      <c r="F11" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G11" s="6" t="n">
-        <v>2010</v>
+        <v>2002</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>54034</t>
+          <t>54020</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Анатолія Олійника, 36</t>
+          <t>вул. Георгія Гонгадзе, 9</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+38(051)222-13-29</t>
+          <t>+38(0512) 40-91-31</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>mmak.adt.2018@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R11" s="5"/>
+          <t>pk@mnau.edu.ua; rector@mnau.edu.ua</t>
+        </is>
+      </c>
+      <c r="R11" s="5" t="inlineStr">
+        <is>
+          <t>www.mnau.edu.ua</t>
+        </is>
+      </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Булатова Людмила Георгіївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шебанін В`ячеслав Сергійович</t>
+        </is>
+      </c>
+      <c r="U11" s="8"/>
+      <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Миколаївський національний аграрний університет</t>
+          <t>Національний університет кораблебудування імені адмірала Макарова</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>МНАУ</t>
+          <t>НУК ім. адм. Макарова</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Mykolayiv National Agrarian University</t>
+          <t>Admiral Makarov National University of Shipbuilding</t>
         </is>
       </c>
       <c r="F12" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G12" s="6" t="n">
-        <v>2002</v>
+        <v>1920</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>54020</t>
+          <t>54007</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Георгія Гонгадзе, 9</t>
+          <t>просп. Героїв України, 9</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38(0512) 40-91-31</t>
+          <t>+38(0512) 42-42-80</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>pk@mnau.edu.ua; rector@mnau.edu.ua</t>
+          <t>university@nuos.edu.ua</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>www.mnau.edu.ua</t>
+          <t>www.nuos.edu.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Шебанін В`ячеслав Сергійович</t>
+          <t>Трушляков Євген Іванович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Національний університет кораблебудування імені адмірала Макарова</t>
+          <t>Приватний вищий навчальний заклад "Академія морських наук та інновацій"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>105</v>
+        <v>6803</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>НУК ім. адм. Макарова</t>
-[...11 lines deleted...]
-      </c>
+          <t>ПВНЗ "Академія морських наук та інновацій"</t>
+        </is>
+      </c>
+      <c r="E13" s="5"/>
+      <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1920</v>
+        <v>2023</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J13" s="5"/>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>54007</t>
+          <t>54000</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>просп. Героїв України, 9</t>
+          <t>вул. Бузька, 55</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+38(0512) 42-42-80</t>
+          <t>(066)080-28-55</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>university@nuos.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>amsi09062023@gmail.com</t>
+        </is>
+      </c>
+      <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Трушляков Євген Іванович</t>
+          <t>Підпала Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Академія морських наук та інновацій"</t>
+          <t>Приватний вищий навчальний заклад "Медико-Природничий Університет"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>6803</v>
+        <v>3955</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Академія морських наук та інновацій"</t>
-[...2 lines deleted...]
-      <c r="E14" s="5"/>
+          <t>ПВНЗ "МПУ"</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>Private higher educational institution «Medical University of Natural Sciences"</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J14" s="5"/>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>54000</t>
+          <t>54018</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Бузька, 55</t>
+          <t>просп. Богоявленський, 43-А</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(066)080-28-55</t>
+          <t>(093) 549 33 15, (0512) 58 71 56</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>amsi09062023@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R14" s="5"/>
+          <t>info@vnz-mpu.com.ua</t>
+        </is>
+      </c>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>vnz-mpu.com.ua</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>ректор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Підпала Ірина Валентинівна</t>
+          <t>Волков Михайло Анатолійович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Медико-Природничий Університет"</t>
+          <t>Приватний заклад вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>3955</v>
+        <v>1365</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "МПУ"</t>
+          <t>МКУ ім. Пилипа Орлика</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational institution «Medical University of Natural Sciences"</t>
+          <t>Private higher educational institution "Pylyp Orlyk International Classical University"</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J15" s="5"/>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>54018</t>
+          <t>54001</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>просп. Богоявленський, 43-А</t>
+          <t>вул. Котельна, 2</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(093) 549 33 15, (0512) 58 71 56</t>
+          <t>(0512) 57 48 62</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>info@vnz-mpu.com.ua</t>
+          <t>mku.osvita@gmail.com</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>vnz-mpu.com.ua</t>
+          <t>www.mku.edu.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Волков Михайло Анатолійович</t>
+          <t>Євдокимова Наталя Олексіївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Міжнародний класичний університет імені Пилипа Орлика"</t>
+          <t>Товариство з обмеженою відповідальністю "Коледж преси та телебачення"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>1365</v>
+        <v>1128</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>МКУ ім. Пилипа Орлика</t>
+          <t>Коледж преси та телебачення</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational institution "Pylyp Orlyk International Classical University"</t>
+          <t>College of press and television / Limited Liability Company</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2012</v>
+        <v>1993</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J16" s="5"/>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>54001</t>
+          <t>54020</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Котельна, 2</t>
+          <t>вул. Даля, 11а</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(0512) 57 48 62</t>
+          <t>0512-217-157</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>mku.osvita@gmail.com</t>
+          <t>kptv93@gmail.com</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>www.mku.edu.ua</t>
+          <t>www.kptv.in.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Євдокимова Наталя Олексіївна</t>
-[...3 lines deleted...]
-      <c r="V16" s="5"/>
+          <t>Головченко Гліб Олександрович</t>
+        </is>
+      </c>
+      <c r="U16" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V16" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Коледж преси та телебачення"</t>
+          <t>Чорноморський національний університет імені Петра Могили</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>1128</v>
+        <v>265</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>Коледж преси та телебачення</t>
+          <t>ЧНУ ім. Петра Могили</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>College of press and television / Limited Liability Company</t>
-[...2 lines deleted...]
-      <c r="F17" s="7"/>
+          <t>Petro Mohyla Black Sea National University</t>
+        </is>
+      </c>
+      <c r="F17" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G17" s="6" t="n">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J17" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J17" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>54020</t>
+          <t>54003</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Даля, 11а</t>
+          <t>вул. 68 Десантників, 10</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>0512-217-157</t>
+          <t>(0512) 244189</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>kptv93@gmail.com</t>
+          <t>rector@chdu.edu.ua</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>www.kptv.in.ua</t>
+          <t>www.chdu.edu.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Головченко Гліб Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Клименко Леонід Павлович</t>
+        </is>
+      </c>
+      <c r="U17" s="8"/>
+      <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Чорноморський національний університет імені Петра Могили</t>
+          <t>Первомайський навчально-науковий інститут Національного університету кораблебудування імені адмірала Макарова</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="C18" s="6"/>
+        <v>130</v>
+      </c>
+      <c r="C18" s="6" t="n">
+        <v>105</v>
+      </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>ЧНУ ім. Петра Могили</t>
+          <t>ПННІ НУК</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>Petro Mohyla Black Sea National University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pervomaisk Educational and Scientific Institute of Admiral Makarov National University of Shipbuilding</t>
+        </is>
+      </c>
+      <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>54003</t>
+          <t>55200</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48080130010068596</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Миколаївська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
-          <t>м. Миколаїв</t>
+          <t>м. Первомайськ</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>вул. 68 Десантників, 10</t>
+          <t>вул. Одеська, 107</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(0512) 244189</t>
+          <t>(05161) 4 24 54</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>rector@chdu.edu.ua</t>
+          <t>PEaSi@nuos.edu.ua</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>www.chdu.edu.ua</t>
+          <t>https://peasi.nuos.edu.ua/</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Клименко Леонід Павлович</t>
+          <t>Жувагіна Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
-[...92 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V19"/>
+  <autoFilter ref="A1:V18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>